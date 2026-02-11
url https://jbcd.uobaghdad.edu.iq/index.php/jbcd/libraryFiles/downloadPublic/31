--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -1,17823 +1,29899 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
+  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="754D7842" w14:textId="77777777" w:rsidR="00EA3514" w:rsidRDefault="00EA3514" w:rsidP="00AC59F1">
+    <w:p w14:paraId="6B0B49A8" w14:textId="22F0BE80" w:rsidR="00AC59F1" w:rsidRDefault="00916511" w:rsidP="00CC3469">
       <w:pPr>
         <w:pStyle w:val="MDPI11articletype"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1440" w:firstLine="0"/>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="1440" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003920BF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC3469" w:rsidRPr="00CC3469">
         <w:t>Researc</w:t>
       </w:r>
       <w:r w:rsidR="00CC3469">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00AD30DC" w:rsidRPr="00963192">
         <w:t xml:space="preserve"> Article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BDF887" w14:textId="5BDF6961" w:rsidR="00AC59F1" w:rsidRDefault="00CC3469" w:rsidP="00916511">
-[...3 lines deleted...]
-        <w:ind w:left="1782" w:hanging="162"/>
+    <w:p w14:paraId="2C45F537" w14:textId="484341A8" w:rsidR="00924C4F" w:rsidRPr="00924C4F" w:rsidRDefault="00924C4F" w:rsidP="006C6860">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1701" w:hanging="142"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
           <w:iCs/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC3469">
+      <w:r w:rsidRPr="00924C4F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
           <w:iCs/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Gene Polymorphisms for Patients with Class III Malocclusion. A Pilot Study</w:t>
+        <w:t>Determining the antibacterial efficacy of Amoxicillin-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44663">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lavulanic acid (Augmentin®), Metronidazole and Ethanolic extract of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moringa oleifera L. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">against </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2406" w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>clinical</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2406">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ly</w:t>
+      </w:r>
+      <w:r w:rsidR="00F202DF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2406" w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>isolated</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2406">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6F96">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>orphyromonas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3452">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44663">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44663">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924C4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>itro study)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7BF6">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E304887" w14:textId="79ACC6F3" w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6" w:rsidRDefault="00FE7BF6" w:rsidP="00916511">
+    <w:p w14:paraId="7BBEC7F6" w14:textId="77777777" w:rsidR="00FB2C52" w:rsidRDefault="00FB2C52" w:rsidP="005D6451">
       <w:pPr>
         <w:pStyle w:val="MDPI17abstract"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9900"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2592" w:right="0" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E304887" w14:textId="7869F723" w:rsidR="00FE7BF6" w:rsidRPr="003920BF" w:rsidRDefault="00924C4F" w:rsidP="001C0176">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2592" w:right="476" w:hanging="72"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+      <w:r w:rsidRPr="003920BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Firas Bashir</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7777" w:rsidRPr="003920BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009734B5" w:rsidRPr="00575658">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hashim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Al-Taweel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009734B5" w:rsidRPr="003920BF">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E33388F" wp14:editId="0E0DC721">
-            <wp:extent cx="102235" cy="102235"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E33388F" wp14:editId="78C227E4">
+            <wp:extent cx="137160" cy="137160"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture 2">
+                    <pic:cNvPr id="5" name="Picture 5">
                       <a:hlinkClick r:id="rId8"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="102235" cy="102235"/>
+                      <a:ext cx="137160" cy="137160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009734B5">
+      <w:r w:rsidR="00496B44" w:rsidRPr="003920BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...40 lines deleted...]
-        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D15FFB8" wp14:editId="100013BB">
-[...3 lines deleted...]
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C95736A" wp14:editId="2DE06CA7">
+            <wp:extent cx="143823" cy="137160"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="12" name="Picture 12">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture 2">
-                      <a:hlinkClick r:id="rId8"/>
+                    <pic:cNvPr id="12" name="Picture 12">
+                      <a:hlinkClick r:id="rId10"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="143823" cy="137160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00916511" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00201A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7BF6" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7BF6" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ali Faisal Madhloom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009734B5" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04B984DC" wp14:editId="5FF6BA31">
+            <wp:extent cx="137160" cy="137160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Picture 7">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="7" name="Picture 7">
+                      <a:hlinkClick r:id="rId12"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="102235" cy="102235"/>
+                      <a:ext cx="137160" cy="137160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009734B5">
+      <w:r w:rsidR="00AD3F0F" w:rsidRPr="003920BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
-[...17 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04B984DC" wp14:editId="5C2A98E1">
-            <wp:extent cx="102235" cy="102235"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D556E26" wp14:editId="3D97A590">
+            <wp:extent cx="142212" cy="137160"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="7" name="Picture 7">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+            <wp:docPr id="493608871" name="Picture 493608871">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId13"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture 2">
-                      <a:hlinkClick r:id="rId8"/>
+                    <pic:cNvPr id="493608871" name="Picture 493608871">
+                      <a:hlinkClick r:id="rId13"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="142212" cy="137160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00916511" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36181" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36181" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36181" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Omar Hassan Soliman</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36181" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51132ECB" wp14:editId="563F346C">
+            <wp:extent cx="137160" cy="137160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Picture 6">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId14"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="6" name="Picture 6">
+                      <a:hlinkClick r:id="rId14"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="102235" cy="102235"/>
+                      <a:ext cx="137160" cy="137160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009734B5">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidR="0054740E" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59246B83" wp14:editId="39A0508E">
+            <wp:extent cx="139404" cy="137160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1505597387" name="Picture 1505597387">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId15"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1505597387" name="Picture 1505597387">
+                      <a:hlinkClick r:id="rId15"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="139404" cy="137160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00D36181" w:rsidRPr="003920BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="20"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5B2E45" w14:textId="7C0D2D21" w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6" w:rsidRDefault="00FE7BF6" w:rsidP="00916511">
+    <w:p w14:paraId="5D5B2E45" w14:textId="64B74A3C" w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6" w:rsidRDefault="00FE7BF6" w:rsidP="005D6451">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9900"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:noProof w:val="0"/>
+        <w:ind w:left="2592"/>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916511">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:noProof w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7BF6">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:noProof w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Department of Orthodontics, College of Dentistry University of Baghdad, Baghdad, Iraq</w:t>
+        <w:t xml:space="preserve"> Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Periodontics</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7BF6">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:noProof w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>, College of Dentistry</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6708">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Baghdad, Baghdad, Iraq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7BF6">
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55658BA4" w14:textId="4DB010CC" w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6" w:rsidRDefault="00916511" w:rsidP="00916511">
+    <w:p w14:paraId="44D77F49" w14:textId="3A52F3CD" w:rsidR="00577052" w:rsidRDefault="00916511" w:rsidP="00FB2C52">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:noProof w:val="0"/>
+        <w:ind w:left="2592"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00916511">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:noProof w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:noProof w:val="0"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="00577052" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Department of Basic and Clinical Sciences, Faculty of Dentistry, Umm </w:t>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">College of Dentistry, University of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="00577052" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:t>AlQura</w:t>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>AlKafeel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="00577052" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:t>, University Saudi Arabia.</w:t>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, Najaf, Iraq</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AAE47A" w14:textId="252C8890" w:rsidR="00FE7BF6" w:rsidRPr="007349E2" w:rsidRDefault="008807E3" w:rsidP="00916511">
+    <w:p w14:paraId="1B5FCB01" w14:textId="007160E9" w:rsidR="00D36181" w:rsidRPr="00577052" w:rsidRDefault="00D36181" w:rsidP="00FB2C52">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:ind w:left="2592"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="single" w:color="4472C4"/>
-[...6 lines deleted...]
-          </w14:textOutline>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00821B49" w:rsidRPr="00821B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Department of Oral Medicine, Periodontology and Oral Diagnosis, Faculty of oral and dental medicine, South Valley University, Egypt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE254E9" w14:textId="3CF8DB82" w:rsidR="00577052" w:rsidRPr="00C310B5" w:rsidRDefault="008807E3" w:rsidP="003E44A0">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="2592"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
-          <w:noProof w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="en-US"/>
-[...9 lines deleted...]
-        <w:r w:rsidR="00FE7BF6" w:rsidRPr="00FE7BF6">
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Corresponding</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">author: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00577052" w:rsidRPr="00577052">
           <w:rPr>
-            <w:rFonts w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
-[...1 lines deleted...]
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
-            <w:u w:val="single" w:color="4472C4"/>
-[...6 lines deleted...]
-            </w14:textOutline>
           </w:rPr>
-          <w:t>oqil.moslem1203a@codental.uobaghdad.edu.iq</w:t>
-[...75 lines deleted...]
-          <w:t>ensahafi@uqu.edu.sa</w:t>
+          <w:t>Firas.basheer@codental.uobaghdad.edu.iq</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02CF906B" w14:textId="77777777" w:rsidR="00CC3469" w:rsidRPr="00DA1FC9" w:rsidRDefault="00CC3469" w:rsidP="009201F7">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="198" w:rightFromText="198" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="4261"/>
-        <w:tblW w:w="2410" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="198" w:rightFromText="198" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="6527"/>
+        <w:tblW w:w="2070" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009734B5" w:rsidRPr="00FE7BF6" w14:paraId="0BBD96CD" w14:textId="77777777" w:rsidTr="009734B5">
+      <w:tr w:rsidR="00A319FC" w:rsidRPr="00FE7BF6" w14:paraId="4ACC50E1" w14:textId="77777777" w:rsidTr="00245D6D">
+        <w:trPr>
+          <w:trHeight w:val="4709"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1924DEE9" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00916511" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="18FE3EA4" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRPr="00916511" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:pStyle w:val="MDPI14history"/>
               <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun" w:cs="SimSun"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916511">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Received date: 06-09-2023</w:t>
+              <w:t xml:space="preserve">Received date: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36884924" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00916511" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="6CB5D5D1" w14:textId="268AF165" w:rsidR="00A319FC" w:rsidRPr="00916511" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:pStyle w:val="MDPI14history"/>
               <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00916511">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Accepted date: 17-10-2023</w:t>
+              <w:t xml:space="preserve">Accepted date: </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0025">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="ar-IQ"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0025">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256AC245" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00916511" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="16D8B4A1" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRPr="00916511" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:pStyle w:val="MDPI14history"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916511">
-[...14 lines deleted...]
-              <w:jc w:val="left"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="DengXian"/>
                 <w:bCs/>
-                <w:sz w:val="14"/>
+                <w:noProof/>
                 <w:szCs w:val="14"/>
-                <w:lang w:bidi="en-US"/>
-[...22 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="034EE861" wp14:editId="053583AB">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B47A4CD" wp14:editId="268A16E1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>34290</wp:posOffset>
+                    <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>34290</wp:posOffset>
+                    <wp:posOffset>223520</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="933450" cy="347345"/>
-[...10 lines deleted...]
-                  <wp:docPr id="3" name="Picture 4"/>
+                  <wp:extent cx="984250" cy="387350"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="179132664" name="Picture 2" descr="A grey and black sign with a person in a circle&#10;&#10;AI-generated content may be incorrect."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPr id="179132664" name="Picture 2" descr="A grey and black sign with a person in a circle&#10;&#10;AI-generated content may be incorrect."/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13">
+                          <a:blip r:embed="rId17">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="933450" cy="347345"/>
+                            <a:ext cx="984250" cy="387350"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                  </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Published date: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916511">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3074C2BB" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00FE7BF6" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="12964827" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRPr="00FE7BF6" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
-              <w:ind w:left="0" w:right="113" w:firstLine="0"/>
-              <w:jc w:val="left"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A5AB478" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="DengXian"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A5F4C70" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00FE7BF6" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="74CA3130" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
-              <w:ind w:left="0" w:right="113" w:firstLine="0"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BCDF73A" w14:textId="09F9B1B9" w:rsidR="00A319FC" w:rsidRPr="00245D6D" w:rsidRDefault="00245D6D" w:rsidP="00A319FC">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00245D6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Copyright: © 2025 by the authors. Submitted for possible open access publication under the terms and conditions of the Creative Commons Attribution (CC BY) license </w:t>
+            </w:r>
+            <w:r w:rsidR="00A319FC" w:rsidRPr="00245D6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00A319FC" w:rsidRPr="00245D6D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="DengXian"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                  <w:lang w:bidi="en-US"/>
+                </w:rPr>
+                <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00A319FC" w:rsidRPr="00245D6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7792180D" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="DengXian"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE7BF6">
+            <w:r w:rsidRPr="00DB21FE">
               <w:rPr>
                 <w:rFonts w:eastAsia="DengXian"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="14"/>
+                <w:color w:val="BF8F00"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
-              <w:t>Copyright:</w:t>
-[...32 lines deleted...]
-              <w:t>).</w:t>
+              <w:t>Article DOI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="050429A0" w14:textId="77777777" w:rsidR="009734B5" w:rsidRPr="00FE7BF6" w:rsidRDefault="009734B5" w:rsidP="009734B5">
+          <w:p w14:paraId="3AB19C77" w14:textId="77777777" w:rsidR="00A319FC" w:rsidRPr="00FE7BF6" w:rsidRDefault="00A319FC" w:rsidP="00A319FC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
-              <w:ind w:left="0" w:right="113" w:firstLine="0"/>
-              <w:jc w:val="left"/>
+              <w:ind w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="DengXian"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DengXian"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A9C7761" wp14:editId="3155F165">
+                  <wp:extent cx="914400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="371919384" name="Picture 2" descr="A qr code on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="371919384" name="Picture 2" descr="A qr code on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="914400" cy="914400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5336878C" w14:textId="2FA017C3" w:rsidR="00CC3469" w:rsidRPr="00FE7BF6" w:rsidRDefault="00EA3514" w:rsidP="009B4B23">
+    <w:p w14:paraId="40B513D6" w14:textId="77777777" w:rsidR="008153A9" w:rsidRDefault="00EA3514" w:rsidP="00305C8F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2606" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:ind w:left="2606" w:hanging="54"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7BF6">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00676BA3" w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692A426B" w14:textId="41A6C430" w:rsidR="00305C8F" w:rsidRPr="003F63BB" w:rsidRDefault="003920BF" w:rsidP="00305C8F">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:ind w:left="2606" w:hanging="54"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Abstract:</w:t>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB618B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00676BA3" w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>bstract:</w:t>
       </w:r>
       <w:r w:rsidR="00676BA3" w:rsidRPr="00FE7BF6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+      <w:r w:rsidR="00CC3469" w:rsidRPr="00376BE8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Background: The interactions of genetic and environmental factors may account for the variability in the expression of malocclusion. The study of malocclusion etiology is fundamental to understand the biology underlying craniofacial growth and dental relations. Understanding biology will improve progress toward effective treatment and prevention, thereby decreasing the burden of this condition. Objectives: The present study was set out to investigate the association of </w:t>
-[...4 lines deleted...]
-          <w:noProof/>
+        <w:t xml:space="preserve">Background: </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        </w:rPr>
+        <w:t>Amoxicillin-clavulanic acid (Augmentin®)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7DF0" w:rsidRPr="00376BE8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">in different genes (rs2249492 in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Metronidazole</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7DF0" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, Amoxil/Metro combination, and Azithromycin</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are commonly utilized as adjunctive treatment of periodontitis. Moringa oleifera L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Mo)</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leaves extracts have demonstrated</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7DF0" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the ability</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to inhibit the growth of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">facultative </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>anaerob</w:t>
+      </w:r>
+      <w:r w:rsidR="00E955A4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ic bacteria</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including</w:t>
+      </w:r>
+      <w:r w:rsidR="007B33C4" w:rsidRPr="007B33C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B33C4" w:rsidRPr="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>COLA1A</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>Porphyromonas. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SOX2</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B33C4" w:rsidRPr="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>FGFR2</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>MAFB</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve">P. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4588" w:rsidRPr="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>FGFR1</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="007B33C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SOX2</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4588" w:rsidRPr="00376BE8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>FGFR1</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6451">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SOX2</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB757E" w:rsidRPr="00EB757E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>FGFR1</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Escherichia coli</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB757E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> genetic polymorphisms may be responsible for Class III malocclusion. However, more study with a larger participant pool is required to confirm these findings. </w:t>
-[...10 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00660D0F" w:rsidRPr="00660D0F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t>Pseudomonas aeruginosa</w:t>
+      </w:r>
+      <w:r w:rsidR="00E955A4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00246806" w:rsidRPr="00246806">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bacillus cereus</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EC4" w:rsidRPr="005E1EC4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shigella </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E1EC4" w:rsidRPr="005E1EC4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sonnei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E955A4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3B52" w:rsidRPr="008A3B52">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Staphylococcus aureus</w:t>
+      </w:r>
+      <w:r w:rsidR="00E955A4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94B6F" w:rsidRPr="00F94B6F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bacillus subtilis</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84698" w:rsidRPr="00B84698">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Beta-hemolytic streptococcus</w:t>
+      </w:r>
+      <w:r w:rsidR="000642EF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000642EF" w:rsidRPr="000642EF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bacillus megaterium </w:t>
+      </w:r>
+      <w:r w:rsidR="002F103C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as well as</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dental biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="002F103C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>development</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3469" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Objectives: The present study was set out to </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>determin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="009D141E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D141E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>the antibacterial</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>efficacy of Amoxicillin-clavulanic acid (Augmentin®), Metronidazole and Ethanolic extract of Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leaves against </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P. gingivalis </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">clinical isolate. Materials and Methods: The minimum inhibition concentrations (MIC), minimum bactericidal concentrations (MBC), and sensitivity of the clinical isolated </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against Mo ethanolic leaves extracts, Augmentin, and Metronidazole were determined using two-fold serial dilution, agar well diffusion, and disk diffusion, respectively. The gas chromatography–mass spectrometry (GC-MS) was used for phytochemical analysis of the Mo leaves extract using ethanol solvent. Results: </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exhibited inhibition to Mo leaves extract, while it demonstrated resistance to Augmentin and Metronidazole. MIC and MBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Mo leaves extract were found to be 0.78 mg/ml and 1.56 mg/ml against </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P. gingivalis,</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> respectively</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="005E2C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The extract had highest anti-biofilm effect at the minimum concentrations of </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.55</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="005E2C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mg/ml</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="005E2C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0.78</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="005E2C3B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mg/ml</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> equivalent to 0.06% </w:t>
+      </w:r>
+      <w:r w:rsidR="002F285E" w:rsidRPr="002F285E">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Chlorhexidine</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compared to its lowest conc at 0.34 mg/ml, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this activity was </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="005E2C3B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>nversely proportional</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the extract’s concentration. </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conclusion: </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">While </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Augmentin and Metronidazole showed no sensitivity against </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the promising antibacterial effect of Mo leaves extract against this bacterium </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>indicates its potential for use in oral health</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> promotion,</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>suggesting</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve"> further </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in vivo</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> studies to validate Mo extracts as alternative adjuncts in periodontitis therapy</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00305C8F" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEE84C9" w14:textId="1542E8A0" w:rsidR="00305C8F" w:rsidRDefault="00305C8F" w:rsidP="00305C8F">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:ind w:left="2606" w:firstLine="229"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B179F1" w14:textId="0D4C119E" w:rsidR="00AD30DC" w:rsidRPr="003F63BB" w:rsidRDefault="009D141E" w:rsidP="00895132">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:ind w:left="2606" w:firstLine="229"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005545DE" w:rsidRPr="003F63BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidR="00AD30DC" w:rsidRPr="00FE7BF6">
+      <w:r w:rsidR="00AD30DC" w:rsidRPr="003F63BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
-      <w:r w:rsidR="00AC59F1" w:rsidRPr="00FE7BF6">
-[...6 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+      <w:r w:rsidR="00AC59F1" w:rsidRPr="003F63BB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gene polymorphism, SNPs, Class III malocclusion, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Augmentin, Metronidazole,</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="003F63BB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SOX2, FGFR1.</w:t>
+        <w:t xml:space="preserve"> Moringa oleifera L</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3469" w:rsidRPr="003F63BB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789FD89B" w14:textId="39BC6A83" w:rsidR="00AD30DC" w:rsidRPr="00FE7BF6" w:rsidRDefault="00784821" w:rsidP="00793638">
+    <w:bookmarkStart w:id="0" w:name="_Hlk96968405"/>
+    <w:p w14:paraId="789FD89B" w14:textId="13920F70" w:rsidR="00AD30DC" w:rsidRPr="00DC340C" w:rsidRDefault="00196B6C" w:rsidP="00B272FE">
       <w:pPr>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476" w:firstLine="0"/>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C4F0586" wp14:editId="7E8195BC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C4F0586" wp14:editId="7F8D7F4A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1661745</wp:posOffset>
+                  <wp:posOffset>1661160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>3126</wp:posOffset>
+                  <wp:posOffset>34290</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4680439" cy="5862"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="32385"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Straight Connector 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4680439" cy="5862"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3FCF550B" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="130.85pt,.25pt" to="499.4pt,.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwSxfIuQEAALoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKyVCVquoeu4IKg&#10;Ypcf4HXGjYW/NDZN+u8ZO20WAUKrFRfHY783M+95sr0drWEnwKi9a/lyUXMGTvpOu2PLvz18eLPh&#10;LCbhOmG8g5afIfLb3etX2yE0sPK9Nx0goyQuNkNoeZ9SaKoqyh6siAsfwNGl8mhFohCPVYdioOzW&#10;VKu6XleDxy6glxAjnd5Nl3xX8isFMn1RKkJipuXUWyorlvUxr9VuK5ojitBreWlDvKALK7SjonOq&#10;O5EE+4H6j1RWS/TRq7SQ3lZeKS2haCA1y/o3Nfe9CFC0kDkxzDbF/5dWfj4dkOmO3o4zJyw90X1C&#10;oY99YnvvHBnokS2zT0OIDcH37oCXKIYDZtGjQpu/JIeNxdvz7C2MiUk6vFlv6pu37zmTdPdus17l&#10;lNUTN2BMH8FbljctN9pl5aIRp08xTdArhHi5l6l62aWzgQw27isoUkP1loVd5gj2BtlJ0AR034sS&#10;KluQmaK0MTOp/jfpgs00KLP1XOKMLhW9SzPRaufxb1XTeG1VTfir6klrlv3ou3N5i2IHDUgx9DLM&#10;eQJ/jQv96Zfb/QQAAP//AwBQSwMEFAAGAAgAAAAhAJ7C073cAAAABgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo0whCG+JUVSWEuCCawt2NXSdgryPbScPfs5zocTVPM2+rzews&#10;m3SIvUcBy0UGTGPrVY9GwMfh+W4FLCaJSlqPWsCPjrCpr68qWSp/xr2emmQYlWAspYAupaHkPLad&#10;djIu/KCRspMPTiY6g+EqyDOVO8vzLCu4kz3SQicHvet0+92MToB9DdOn2ZltHF/2RfP1fsrfDpMQ&#10;tzfz9glY0nP6h+FPn9ShJqejH1FFZgXkxfKRUAEPwCher1f0yZG4e+B1xS/1618AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAsEsXyLkBAAC6AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAnsLTvdwAAAAGAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+              <v:line w14:anchorId="3874D6AF" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="130.8pt,2.7pt" to="499.35pt,3.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHHgswnQEAAIsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815LdxHAFyzkkaC5F&#10;GzTJBzDU0iJKcgmSseS/z5K25aItiiLIZcXHzO7OcLW+Hq1hOwhRo2v5fFZzBk5ip9225U+PXz6u&#10;OItJuE4YdNDyPUR+vflwsR58Awvs0XQQGCVxsRl8y/uUfFNVUfZgRZyhB0eXCoMVibZhW3VBDJTd&#10;mmpR18tqwND5gBJipNPbwyXflPxKgUzflYqQmGk59ZZKDCU+51ht1qLZBuF7LY9tiDd0YYV2VHRK&#10;dSuSYC9B/5HKahkwokozibZCpbSEooHUzOvf1Dz0wkPRQuZEP9kU3y+t/La7cfeBbBh8bKK/D1nF&#10;qILNX+qPjcWs/WQWjIlJOrxcrurLT585k3R3tVouspfVmetDTHeAluVFy412WYpoxO5rTAfoCUK8&#10;c/WySnsDGWzcD1BMd1RvXthlMODGBLYT9KTdz/mxbEFmitLGTKT636QjNtOgDMv/Eid0qYguTUSr&#10;HYa/VU3jqVV1wJ9UH7Rm2c/Y7ctbFDvoxYuhx+nMI/XrvtDP/9DmFQAA//8DAFBLAwQUAAYACAAA&#10;ACEAYpzUxd0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3KjTAKENcaqq&#10;EkJcEE3h7sZbJ2CvI9tJw99jTnAczejNqzazNWxCH3pHApaLDBhS61RPWsD74elmBSxESUoaRyjg&#10;GwNs6suLSpbKnWmPUxM1SxAKpRTQxTiUnIe2QyvDwg1IqTs5b2VM0WuuvDwnuDU8z7KCW9lTeujk&#10;gLsO269mtALMi58+9E5vw/i8L5rPt1P+epiEuL6at4/AIs7xbwy/+kkd6uR0dCOpwIyAvFgWaSrg&#10;/g5Y6tfr1QOwo4DiFnhd8f/+9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARx4LMJ0B&#10;AACLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYpzU&#10;xd0AAAAHAQAADwAAAAAAAAAAAAAAAAD3AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00AD30DC" w:rsidRPr="00FE7BF6">
-        <w:rPr>
+      <w:r w:rsidR="00AD30DC" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidR="00AD30DC" w:rsidRPr="00FE7BF6">
+      <w:r w:rsidR="00AD30DC" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1D9FA34F" w14:textId="41786D9E" w:rsidR="00CC3469" w:rsidRPr="00FE7BF6" w:rsidRDefault="00D46071" w:rsidP="00EC7BA8">
-[...8 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w14:paraId="4B3920C1" w14:textId="5CC4F82D" w:rsidR="003E7DE1" w:rsidRDefault="00B42B82" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
-[...33 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontal disease is a multifactorial infection with multiple contributing factors and a diverse array of microbes causing devastating influence on the teeth-supporting tissues</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0326">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidR="002B0326" w:rsidRPr="002B0326">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...11 lines deleted...]
-          <w:noProof w:val="0"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. It begins as reversible inflammation of the gingiva, and if left untreated, it can result in irreversible deterioration of the supportive tooth-related tissues and eventually tooth loss. Extensive </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0D89" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> over the years </w:t>
+      </w:r>
+      <w:r w:rsidR="0008697E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> revealed that only a small proportion of microorganisms in the sub-gingival environment play a fundamental role to initiate and advanc</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the deterioration of the periodontal health</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0326">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0326" w:rsidRPr="002B0326">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...11 lines deleted...]
-          <w:noProof w:val="0"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00577052" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5D7926" w14:textId="786319FE" w:rsidR="00E8509C" w:rsidRPr="00634396" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Porphyromonas gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC67CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (P. gingivalis)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, a major virulent </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dysbiotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> pathogen, is a key bacterium that significantly contributes to disrupt</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ion of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the entire micro-environment of periodontal ecosystem through switching the bacterial profile from symbiotic to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dysbiotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...11 lines deleted...]
-          <w:noProof w:val="0"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Hajishengallis&lt;/Author&gt;&lt;Year&gt;2014&lt;/Year&gt;&lt;RecNum&gt;160&lt;/RecNum&gt;&lt;DisplayText&gt;(1)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;160&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="x2w090ve4vrra4e92fn5w29xrfvxa0sz2xsd" timestamp="1611742379"&gt;160&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Hajishengallis, George&lt;/author&gt;&lt;author&gt;Lamont, Richard J&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Breaking bad: Manipulation of the host response by P orphyromonas gingivalis&lt;/title&gt;&lt;secondary-title&gt;European journal of immunology&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;European journal of immunology&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;328-338&lt;/pages&gt;&lt;volume&gt;44&lt;/volume&gt;&lt;number&gt;2&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2014&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0014-2980&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...14 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+      <w:r w:rsidRPr="00EA6F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Possessing a</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>extensive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> arsenal of virulence factors empower this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">bacterium to invade and destroy the gingival tissues through both direct bacterial engagement and indirect host modulation at the target sites. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1294">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Sub</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>verting innate immune response including manipulating complement-Toll-like receptors (TLRs) crosstalk represents one of the important mechanisms that</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4588">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> induce a destructive influence in the homeostatic equilibrium with the host through altering the entire microbial growth and development</w:t>
+      </w:r>
+      <w:r w:rsidR="0033328F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0033328F" w:rsidRPr="0033328F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...14 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8316B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009B4B23" w:rsidRPr="00FE7BF6">
-[...484 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+      <w:r w:rsidR="00834B78" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>has shown to manipulate</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> T cell development </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>by promoting</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Th17</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> cells- </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>mediated inflammat</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ory response</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>while downregulating</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Th1-dependent cell mediated </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8509C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">enhance </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">immune-mediated elimination of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">P. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036A6" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06A9" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7AB5" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06A9" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B32" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8509C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> However, the disruption of this host</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801A2" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">-microbial homeostasis can also be resulted from several congenital, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C801A2" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>epigentic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C801A2" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification to environmental triggers, environmental factors such as stress, dietary intake, and smoking, immunoregulatory/deficiency defects, </w:t>
+      </w:r>
+      <w:r w:rsidR="00807585" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C801A2" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>systemic diseases including diabetes, which shown as alone or in combination, can enhance</w:t>
+      </w:r>
+      <w:r w:rsidR="005004E1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the breakdown of homeostatic </w:t>
+      </w:r>
+      <w:r w:rsidR="005004E1" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:r w:rsidR="0036472A" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036472A" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7AB5" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06A9" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0036472A" w:rsidRPr="00634396">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671C4B7A" w14:textId="6ED0438A" w:rsidR="00577052" w:rsidRPr="00DC340C" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The treatment of periodontal disease has traditionally involved professional </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06A9" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>mechanical plaque removal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, along with</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB06A9" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, in certain situations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00836FFF" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjunctive antibiotic medications and antiseptic mouthwashes</w:t>
+      </w:r>
+      <w:r w:rsidR="004D73F1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D73F1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004D73F1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D73F1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> However, an effective complementary systemic antimicrobial therapy has the potential to significantly suppress or eliminate persistent subgingival</w:t>
+      </w:r>
+      <w:r w:rsidR="00B740DF" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>-associated periodontal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> pathogens</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Slots&lt;/Author&gt;&lt;Year&gt;1990&lt;/Year&gt;&lt;RecNum&gt;27&lt;/RecNum&gt;&lt;DisplayText&gt;(3)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;27&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703147950"&gt;27&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Slots, Jergen&lt;/author&gt;&lt;author&gt;Rams, Thomas E&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Antibiotics in periodontal therapy: advantages and disadvantages&lt;/title&gt;&lt;secondary-title&gt;Journal of clinical periodontology&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Journal of clinical periodontology&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;479-493&lt;/pages&gt;&lt;volume&gt;17&lt;/volume&gt;&lt;dates&gt;&lt;year&gt;1990&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0303-6979&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="006E0B5A" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B740DF" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Nevertheless, if the targeted pathogens exhibit resistance to these antibiotics, there is a risk of continuous positive feedback loop of growing pathogen-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dysbiotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> environment, developing more severe forms of periodontitis.</w:t>
+      </w:r>
+      <w:r w:rsidR="0008697E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3502" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>This could be explained through the survival of antibiotic</w:t>
+      </w:r>
+      <w:r w:rsidR="00B031DD" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">-resistant bacteria if exist by expression of several antibiotic-resistant genes </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1346" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>from horizontal transfer and phenotypic expression of these genes from other oral microorganisms</w:t>
+      </w:r>
+      <w:r w:rsidR="001A145D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A145D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001A145D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1346" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91902" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>leading</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91902" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>continuous</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91902" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">induction of pathogen-environmental crosstalk </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A145D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The administration of metronidazole and/or amoxicillin/clavulanic acid has demonstrated suppression of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4588">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reduction in the numbers of other potential periodontal pathogens</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Feres&lt;/Author&gt;&lt;Year&gt;2021&lt;/Year&gt;&lt;RecNum&gt;28&lt;/RecNum&gt;&lt;DisplayText&gt;(4)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;28&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703148065"&gt;28&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Feres, Magda&lt;/author&gt;&lt;author&gt;Retamal‐Valdes, Belén&lt;/author&gt;&lt;author&gt;Fermiano, Daiane&lt;/author&gt;&lt;author&gt;Faveri, Marcelo&lt;/author&gt;&lt;author&gt;Figueiredo, Luciene Cristina&lt;/author&gt;&lt;author&gt;Mayer, Marcia PA&lt;/author&gt;&lt;author&gt;Lee, Jung‐Jin&lt;/author&gt;&lt;author&gt;Bittinger, Kyle&lt;/author&gt;&lt;author&gt;Teles, Flavia&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Microbiome changes in young periodontitis patients treated with adjunctive metronidazole and amoxicillin&lt;/title&gt;&lt;secondary-title&gt;Journal of Periodontology&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Journal of Periodontology&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;467-478&lt;/pages&gt;&lt;volume&gt;92&lt;/volume&gt;&lt;number&gt;4&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2021&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0022-3492&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. However, the frequent use of these medications can lead to undesirable side influences, including bacterial-drug resistance.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elevated antibiotic resistance of periodontitis-associated bacteria including </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B" w:rsidRPr="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="006E0B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="006E0B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004905FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B" w:rsidRPr="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">makes the use of synthetic antimicrobial agents as effective adjuncts in the treatment of periodontal diseases questionable for their undesirable </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>adverse</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> effects including </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1258">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">acterial </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>hus, the concept of using alternative medicinal-based plants becomes extremely important</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> as adjunctive treatment of periodontal diseases.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP" w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C437B" w:rsidRPr="002C437B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58326A74" w14:textId="50E1285E" w:rsidR="008E5155" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">use of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">plants for therapeutic </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>properties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an old concept which garnered significant interest recently.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Plant</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5155">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0086072E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">based therapies have been shown to deliver a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">variety of biological </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2768F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">actions alongside </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>safe application favored their use over traditional synthetic medications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Owing to their extensive antibacterial, anti-inflammatory, and antioxidant characteristics, plant-derived alternatives may serve as a stable, safe, and enriched bioactive substitute to synthetic medications </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Farnsworth&lt;/Author&gt;&lt;Year&gt;1985&lt;/Year&gt;&lt;RecNum&gt;9&lt;/RecNum&gt;&lt;DisplayText&gt;(5)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;9&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="zszrveexjsf02neddtmxdaabtpdrw2xp5zwp" timestamp="1607601176"&gt;9&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Farnsworth, Norman R&lt;/author&gt;&lt;author&gt;Akerele, Olayiwola&lt;/author&gt;&lt;author&gt;Bingel, Audrey S&lt;/author&gt;&lt;author&gt;Soejarto, Djaja D&lt;/author&gt;&lt;author&gt;Guo, Zhengang&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Medicinal plants in therapy&lt;/title&gt;&lt;secondary-title&gt;Bulletin of the world health organization&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Bulletin of the world health organization&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;965&lt;/pages&gt;&lt;volume&gt;63&lt;/volume&gt;&lt;number&gt;6&lt;/number&gt;&lt;dates&gt;&lt;year&gt;1985&lt;/year&gt;&lt;/dates&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E5155" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Moreover, plant-based therapies offer advantages in terms of availability, easily accessible and </w:t>
+      </w:r>
+      <w:r w:rsidR="00613DC5" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>more economical compared to</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5155" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> conventional antibiotics</w:t>
+      </w:r>
+      <w:r w:rsidR="00613DC5" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> since they do not necessitate complex or costly chemical and pharmaceutical processes</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5155" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00613DC5" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Conversely, the development of new antibiotics involves a highly intricate and prolonged process that is susceptible to challenges and substantial expenses, for example, </w:t>
+      </w:r>
+      <w:r w:rsidR="0009103B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8289E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>eveloping new antibiotics is resource-intensive, often requiring 10–15 years and over a billion dollars</w:t>
+      </w:r>
+      <w:r w:rsidR="00112697" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00112697" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00112697" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8289E" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5155" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43886D26" w14:textId="215473D0" w:rsidR="00577052" w:rsidRPr="00DC340C" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">An example of such medicinal herbs is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA61B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">leaves of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA61B1" w:rsidRPr="00BA61B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Moringa oleifera L (Mo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, a member of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Moringaceae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> family. These leaves have been utilized due to their antioxidant, anti-inflammatory, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">antimicrobial properties. Initial epidemiological studies indicate that it exhibits antimicrobial effects against primary colonizers of dental biofilm, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0706E" w:rsidRPr="00E0706E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Streptococcus mutans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C3C" w:rsidRPr="008A5C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Streptococcus salivarius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00915461" w:rsidRPr="00915461">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Streptococcus mitis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3587" w:rsidRPr="006C3587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Streptococcus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C3587" w:rsidRPr="006C3587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>anginosus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C3587" w:rsidRPr="006C3587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:fldData xml:space="preserve">PEVuZE5vdGU+PENpdGU+PEF1dGhvcj5SYW88L0F1dGhvcj48WWVhcj4yMDExPC9ZZWFyPjxSZWNO
+dW0+MTE8L1JlY051bT48RGlzcGxheVRleHQ+KDctMTApPC9EaXNwbGF5VGV4dD48cmVjb3JkPjxy
+ZWMtbnVtYmVyPjExPC9yZWMtbnVtYmVyPjxmb3JlaWduLWtleXM+PGtleSBhcHA9IkVOIiBkYi1p
+ZD0ienN6cnZlZXhqc2YwMm5lZGR0bXhkYWFidHBkcncyeHA1endwIiB0aW1lc3RhbXA9IjE2MDc2
+MDExNzYiPjExPC9rZXk+PC9mb3JlaWduLWtleXM+PHJlZi10eXBlIG5hbWU9IkpvdXJuYWwgQXJ0
+aWNsZSI+MTc8L3JlZi10eXBlPjxjb250cmlidXRvcnM+PGF1dGhvcnM+PGF1dGhvcj5SYW8sIFAg
+S290ZXN3YXJhPC9hdXRob3I+PGF1dGhvcj5SYW8sIEQgQmhhc2thcjwvYXV0aG9yPjxhdXRob3I+
+S2lyYW4sIENSPC9hdXRob3I+PGF1dGhvcj5OYWRoLCBNIFJhdmluZHJhPC9hdXRob3I+PGF1dGhv
+cj5NYWRoYXZpLCBZPC9hdXRob3I+PGF1dGhvcj5SYW8sIFQgUmFnaGF2YTwvYXV0aG9yPjwvYXV0
+aG9ycz48L2NvbnRyaWJ1dG9ycz48dGl0bGVzPjx0aXRsZT5JbiB2aXRybyBhbnRpYmFjdGVyaWFs
+IGFjdGl2aXR5IG9mIE1vcmluZ2Egb2xlaWZlcmEgYWdhaW5zdCBkZW50YWwgcGxhcXVlIGJhY3Rl
+cmlhPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPkpvdXJuYWwgb2YgUGhhcm1hY3kgUmVzZWFyY2g8
+L3NlY29uZGFyeS10aXRsZT48L3RpdGxlcz48cGVyaW9kaWNhbD48ZnVsbC10aXRsZT5Kb3VybmFs
+IG9mIFBoYXJtYWN5IFJlc2VhcmNoPC9mdWxsLXRpdGxlPjwvcGVyaW9kaWNhbD48cGFnZXM+Njk1
+LTY5NzwvcGFnZXM+PHZvbHVtZT40PC92b2x1bWU+PG51bWJlcj4zPC9udW1iZXI+PGRhdGVzPjx5
+ZWFyPjIwMTE8L3llYXI+PC9kYXRlcz48aXNibj4wOTc0LTY5NDM8L2lzYm4+PHVybHM+PC91cmxz
+PjwvcmVjb3JkPjwvQ2l0ZT48Q2l0ZT48QXV0aG9yPkp3YTwvQXV0aG9yPjxZZWFyPjIwMTk8L1ll
+YXI+PFJlY051bT4xMjwvUmVjTnVtPjxyZWNvcmQ+PHJlYy1udW1iZXI+MTI8L3JlYy1udW1iZXI+
+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRiLWlkPSJ4MncwOTB2ZTR2cnJhNGU5MmZuNXcy
+OXhyZnZ4YTBzejJ4c2QiIHRpbWVzdGFtcD0iMTYwNTgyMDM5MSI+MTI8L2tleT48L2ZvcmVpZ24t
+a2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRy
+aWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkp3YSwgUy4gSy48L2F1dGhvcj48L2F1dGhvcnM+PC9j
+b250cmlidXRvcnM+PGF1dGgtYWRkcmVzcz5EZXBhcnRtZW50IG9mIERlbnRhbCBIeWdpZW5lLCBV
+bHNhbiBDb2xsZWdlLCBVbHNhbiwgS29yZWEuPC9hdXRoLWFkZHJlc3M+PHRpdGxlcz48dGl0bGU+
+RWZmaWNhY3kgb2YgTW9yaW5nYSBvbGVpZmVyYSBMZWFmIEV4dHJhY3RzIGFnYWluc3QgQ2FyaW9n
+ZW5pYyBCaW9maWxtPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPlByZXYgTnV0ciBGb29kIFNjaTwv
+c2Vjb25kYXJ5LXRpdGxlPjwvdGl0bGVzPjxwZXJpb2RpY2FsPjxmdWxsLXRpdGxlPlByZXYgTnV0
+ciBGb29kIFNjaTwvZnVsbC10aXRsZT48L3BlcmlvZGljYWw+PHBhZ2VzPjMwOC0zMTI8L3BhZ2Vz
+Pjx2b2x1bWU+MjQ8L3ZvbHVtZT48bnVtYmVyPjM8L251bWJlcj48ZWRpdGlvbj4yMDE5LzEwLzE1
+PC9lZGl0aW9uPjxrZXl3b3Jkcz48a2V5d29yZD5Nb3JpbmdhIG9sZWlmZXJhPC9rZXl3b3JkPjxr
+ZXl3b3JkPmFudGltaWNyb2JpYWwgYWN0aXZpdHk8L2tleXdvcmQ+PGtleXdvcmQ+bGVhZiBleHRy
+YWN0PC9rZXl3b3JkPjxrZXl3b3JkPm9yYWwgYmlvZmlsbTwva2V5d29yZD48L2tleXdvcmRzPjxk
+YXRlcz48eWVhcj4yMDE5PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+U2VwPC9kYXRlPjwvcHViLWRh
+dGVzPjwvZGF0ZXM+PGlzYm4+MjI4Ny0xMDk4IChQcmludCkmI3hEOzIyODctMTA5OCAoTGlua2lu
+Zyk8L2lzYm4+PGFjY2Vzc2lvbi1udW0+MzE2MDgyNTY8L2FjY2Vzc2lvbi1udW0+PHVybHM+PHJl
+bGF0ZWQtdXJscz48dXJsPmh0dHBzOi8vd3d3Lm5jYmkubmxtLm5paC5nb3YvcHVibWVkLzMxNjA4
+MjU2PC91cmw+PC9yZWxhdGVkLXVybHM+PC91cmxzPjxjdXN0b20yPlBNQzY3NzkwNzk8L2N1c3Rv
+bTI+PGVsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjEwLjM3NDYvcG5mLjIwMTkuMjQuMy4zMDg8L2Vs
+ZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjwvcmVjb3JkPjwvQ2l0ZT48Q2l0ZT48QXV0aG9yPkVsZ2Ft
+aWx5PC9BdXRob3I+PFllYXI+MjAxNjwvWWVhcj48UmVjTnVtPjExPC9SZWNOdW0+PHJlY29yZD48
+cmVjLW51bWJlcj4xMTwvcmVjLW51bWJlcj48Zm9yZWlnbi1rZXlzPjxrZXkgYXBwPSJFTiIgZGIt
+aWQ9IngydzA5MHZlNHZycmE0ZTkyZm41dzI5eHJmdnhhMHN6MnhzZCIgdGltZXN0YW1wPSIxNjA1
+ODIwMzg2Ij4xMTwva2V5PjwvZm9yZWlnbi1rZXlzPjxyZWYtdHlwZSBuYW1lPSJKb3VybmFsIEFy
+dGljbGUiPjE3PC9yZWYtdHlwZT48Y29udHJpYnV0b3JzPjxhdXRob3JzPjxhdXRob3I+RWxnYW1p
+bHksIEguPC9hdXRob3I+PGF1dGhvcj5Nb3Vzc2EsIEEuPC9hdXRob3I+PGF1dGhvcj5FbGJvcmFl
+eSwgQS48L2F1dGhvcj48YXV0aG9yPkVsLVNheWVkLCBILjwvYXV0aG9yPjxhdXRob3I+QWwtTW9n
+aGF6eSwgTS48L2F1dGhvcj48YXV0aG9yPkFiZGFsbGEsIEEuPC9hdXRob3I+PC9hdXRob3JzPjwv
+Y29udHJpYnV0b3JzPjxhdXRoLWFkZHJlc3M+TmF0aW9uYWwgUmVzZWFyY2ggQ2VudHJlLCBSZXN0
+b3JhdGl2ZSBEZW50aXN0cnkgYW5kIERlbnRhbCBNYXRlcmlhbCBSZXNlYXJjaCBEZXBhcnRtZW50
+LCBHaXphLCBFZ3lwdC4mI3hEO05hdGlvbmFsIFJlc2VhcmNoIENlbnRyZSwgUHJvc3Rob2RvbnRp
+Y3MsIEdpemEsIEVneXB0LiYjeEQ7TmF0aW9uYWwgUmVzZWFyY2ggQ2VudHJlLCBEYWlyeSBTY2ll
+bmNlIERlcGFydG1lbnQgKE1pY3JvYmlvbG9neSBMYWIuKSwgRm9vZCBJbmR1c3RyaWVzIGFuZCBO
+dXRyaXRpb24gRGl2aXNpb24sIEdpemEsIEVneXB0LiYjeEQ7TmF0aW9uYWwgUmVzZWFyY2ggQ2Vu
+dHJlLCBUZWNobm9sb2d5IG9mIEhvcnRpY3VsdHVyZSBDcm9wcyBEZXBhcnRtZW50LCBBZ3JpY3Vs
+dHVyZSBSZXNlYXJjaCBEaXZpc2lvbiwgR2l6YSwgRWd5cHQuPC9hdXRoLWFkZHJlc3M+PHRpdGxl
+cz48dGl0bGU+TWljcm9iaW9sb2dpY2FsIEFzc2Vzc21lbnQgb2YgTW9yaW5nYSBPbGVpZmVyYSBF
+eHRyYWN0cyBhbmQgSXRzIEluY29ycG9yYXRpb24gaW4gTm92ZWwgRGVudGFsIFJlbWVkaWVzIGFn
+YWluc3QgU29tZSBPcmFsIFBhdGhvZ2VuczwvdGl0bGU+PHNlY29uZGFyeS10aXRsZT5PcGVuIEFj
+Y2VzcyBNYWNlZCBKIE1lZCBTY2k8L3NlY29uZGFyeS10aXRsZT48L3RpdGxlcz48cGVyaW9kaWNh
+bD48ZnVsbC10aXRsZT5PcGVuIEFjY2VzcyBNYWNlZCBKIE1lZCBTY2k8L2Z1bGwtdGl0bGU+PC9w
+ZXJpb2RpY2FsPjxwYWdlcz41ODUtNTkwPC9wYWdlcz48dm9sdW1lPjQ8L3ZvbHVtZT48bnVtYmVy
+PjQ8L251bWJlcj48ZWRpdGlvbj4yMDE2LzEyLzI5PC9lZGl0aW9uPjxrZXl3b3Jkcz48a2V5d29y
+ZD4oTm92ZWwgRGVudGFsIFJlbWVkaWVzKTwva2V5d29yZD48a2V5d29yZD5BbnRpbWljcm9iaWFs
+IEFjdGl2aXR5PC9rZXl3b3JkPjxrZXl3b3JkPk1vcmluZ2EgZXh0cmFjdDwva2V5d29yZD48a2V5
+d29yZD5Ob3ZlbCBleHBlcmltZW50YWwgdG9vdGggcGFzdGU8L2tleXdvcmQ+PGtleXdvcmQ+bW91
+dGggd2FzaDwva2V5d29yZD48L2tleXdvcmRzPjxkYXRlcz48eWVhcj4yMDE2PC95ZWFyPjxwdWIt
+ZGF0ZXM+PGRhdGU+RGVjIDE1PC9kYXRlPjwvcHViLWRhdGVzPjwvZGF0ZXM+PGlzYm4+MTg1Ny05
+NjU1IChQcmludCkmI3hEOzE4NTctOTY1NSAoTGlua2luZyk8L2lzYm4+PGFjY2Vzc2lvbi1udW0+
+MjgwMjgzOTU8L2FjY2Vzc2lvbi1udW0+PHVybHM+PHJlbGF0ZWQtdXJscz48dXJsPmh0dHBzOi8v
+d3d3Lm5jYmkubmxtLm5paC5nb3YvcHVibWVkLzI4MDI4Mzk1PC91cmw+PC9yZWxhdGVkLXVybHM+
+PC91cmxzPjxjdXN0b20yPlBNQzUxNzU1MDM8L2N1c3RvbTI+PGVsZWN0cm9uaWMtcmVzb3VyY2Ut
+bnVtPjEwLjM4ODkvb2Ftam1zLjIwMTYuMTMyPC9lbGVjdHJvbmljLXJlc291cmNlLW51bT48L3Jl
+Y29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5GYWpyaWFuaTwvQXV0aG9yPjxZZWFyPjIwMTk8L1ll
+YXI+PFJlY051bT4yMTc8L1JlY051bT48cmVjb3JkPjxyZWMtbnVtYmVyPjIxNzwvcmVjLW51bWJl
+cj48Zm9yZWlnbi1rZXlzPjxrZXkgYXBwPSJFTiIgZGItaWQ9IngydzA5MHZlNHZycmE0ZTkyZm41
+dzI5eHJmdnhhMHN6MnhzZCIgdGltZXN0YW1wPSIxNjEyNDIzNjIyIj4yMTc8L2tleT48L2ZvcmVp
+Z24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNv
+bnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkZhanJpYW5pLCAmYW1wOyBJbnRpYW5hPC9hdXRo
+b3I+PC9hdXRob3JzPjwvY29udHJpYnV0b3JzPjx0aXRsZXM+PHRpdGxlPlRoZSBlZmZlY3RpdmVu
+ZXNzIG9mIGdhcmdsZSBjb250YWluIGV4dHJhY3Qgb2YmI3hEO01vcmluZ2Egb2xlaWZlcmEgbGVh
+dmVzIHRvIGluaGliaXQgcGxhcXVlIGZvcm1hdGlvbiBvbiBlYXJseSBjaGlsZGhvb2QmI3hEO2Nh
+cmllcyAoRUNDKTwvdGl0bGU+PHNlY29uZGFyeS10aXRsZT5JbnRlcm5hdGlvbmFsIEpvdXJuYWwg
+b2YgQXBwbGllZCBQaGFybWFjZXV0aWNzPC9zZWNvbmRhcnktdGl0bGU+PC90aXRsZXM+PHBlcmlv
+ZGljYWw+PGZ1bGwtdGl0bGU+SW50ZXJuYXRpb25hbCBKb3VybmFsIG9mIEFwcGxpZWQgUGhhcm1h
+Y2V1dGljczwvZnVsbC10aXRsZT48L3BlcmlvZGljYWw+PHBhZ2VzPjQ24oCTNDk8L3BhZ2VzPjx2
+b2x1bWU+MTEoNCk8L3ZvbHVtZT48ZGF0ZXM+PHllYXI+MjAxOTwveWVhcj48L2RhdGVzPjx1cmxz
+PjwvdXJscz48L3JlY29yZD48L0NpdGU+PC9FbmROb3RlPn==
+</w:fldData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:fldData xml:space="preserve">PEVuZE5vdGU+PENpdGU+PEF1dGhvcj5SYW88L0F1dGhvcj48WWVhcj4yMDExPC9ZZWFyPjxSZWNO
+dW0+MTE8L1JlY051bT48RGlzcGxheVRleHQ+KDctMTApPC9EaXNwbGF5VGV4dD48cmVjb3JkPjxy
+ZWMtbnVtYmVyPjExPC9yZWMtbnVtYmVyPjxmb3JlaWduLWtleXM+PGtleSBhcHA9IkVOIiBkYi1p
+ZD0ienN6cnZlZXhqc2YwMm5lZGR0bXhkYWFidHBkcncyeHA1endwIiB0aW1lc3RhbXA9IjE2MDc2
+MDExNzYiPjExPC9rZXk+PC9mb3JlaWduLWtleXM+PHJlZi10eXBlIG5hbWU9IkpvdXJuYWwgQXJ0
+aWNsZSI+MTc8L3JlZi10eXBlPjxjb250cmlidXRvcnM+PGF1dGhvcnM+PGF1dGhvcj5SYW8sIFAg
+S290ZXN3YXJhPC9hdXRob3I+PGF1dGhvcj5SYW8sIEQgQmhhc2thcjwvYXV0aG9yPjxhdXRob3I+
+S2lyYW4sIENSPC9hdXRob3I+PGF1dGhvcj5OYWRoLCBNIFJhdmluZHJhPC9hdXRob3I+PGF1dGhv
+cj5NYWRoYXZpLCBZPC9hdXRob3I+PGF1dGhvcj5SYW8sIFQgUmFnaGF2YTwvYXV0aG9yPjwvYXV0
+aG9ycz48L2NvbnRyaWJ1dG9ycz48dGl0bGVzPjx0aXRsZT5JbiB2aXRybyBhbnRpYmFjdGVyaWFs
+IGFjdGl2aXR5IG9mIE1vcmluZ2Egb2xlaWZlcmEgYWdhaW5zdCBkZW50YWwgcGxhcXVlIGJhY3Rl
+cmlhPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPkpvdXJuYWwgb2YgUGhhcm1hY3kgUmVzZWFyY2g8
+L3NlY29uZGFyeS10aXRsZT48L3RpdGxlcz48cGVyaW9kaWNhbD48ZnVsbC10aXRsZT5Kb3VybmFs
+IG9mIFBoYXJtYWN5IFJlc2VhcmNoPC9mdWxsLXRpdGxlPjwvcGVyaW9kaWNhbD48cGFnZXM+Njk1
+LTY5NzwvcGFnZXM+PHZvbHVtZT40PC92b2x1bWU+PG51bWJlcj4zPC9udW1iZXI+PGRhdGVzPjx5
+ZWFyPjIwMTE8L3llYXI+PC9kYXRlcz48aXNibj4wOTc0LTY5NDM8L2lzYm4+PHVybHM+PC91cmxz
+PjwvcmVjb3JkPjwvQ2l0ZT48Q2l0ZT48QXV0aG9yPkp3YTwvQXV0aG9yPjxZZWFyPjIwMTk8L1ll
+YXI+PFJlY051bT4xMjwvUmVjTnVtPjxyZWNvcmQ+PHJlYy1udW1iZXI+MTI8L3JlYy1udW1iZXI+
+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRiLWlkPSJ4MncwOTB2ZTR2cnJhNGU5MmZuNXcy
+OXhyZnZ4YTBzejJ4c2QiIHRpbWVzdGFtcD0iMTYwNTgyMDM5MSI+MTI8L2tleT48L2ZvcmVpZ24t
+a2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRy
+aWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkp3YSwgUy4gSy48L2F1dGhvcj48L2F1dGhvcnM+PC9j
+b250cmlidXRvcnM+PGF1dGgtYWRkcmVzcz5EZXBhcnRtZW50IG9mIERlbnRhbCBIeWdpZW5lLCBV
+bHNhbiBDb2xsZWdlLCBVbHNhbiwgS29yZWEuPC9hdXRoLWFkZHJlc3M+PHRpdGxlcz48dGl0bGU+
+RWZmaWNhY3kgb2YgTW9yaW5nYSBvbGVpZmVyYSBMZWFmIEV4dHJhY3RzIGFnYWluc3QgQ2FyaW9n
+ZW5pYyBCaW9maWxtPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPlByZXYgTnV0ciBGb29kIFNjaTwv
+c2Vjb25kYXJ5LXRpdGxlPjwvdGl0bGVzPjxwZXJpb2RpY2FsPjxmdWxsLXRpdGxlPlByZXYgTnV0
+ciBGb29kIFNjaTwvZnVsbC10aXRsZT48L3BlcmlvZGljYWw+PHBhZ2VzPjMwOC0zMTI8L3BhZ2Vz
+Pjx2b2x1bWU+MjQ8L3ZvbHVtZT48bnVtYmVyPjM8L251bWJlcj48ZWRpdGlvbj4yMDE5LzEwLzE1
+PC9lZGl0aW9uPjxrZXl3b3Jkcz48a2V5d29yZD5Nb3JpbmdhIG9sZWlmZXJhPC9rZXl3b3JkPjxr
+ZXl3b3JkPmFudGltaWNyb2JpYWwgYWN0aXZpdHk8L2tleXdvcmQ+PGtleXdvcmQ+bGVhZiBleHRy
+YWN0PC9rZXl3b3JkPjxrZXl3b3JkPm9yYWwgYmlvZmlsbTwva2V5d29yZD48L2tleXdvcmRzPjxk
+YXRlcz48eWVhcj4yMDE5PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+U2VwPC9kYXRlPjwvcHViLWRh
+dGVzPjwvZGF0ZXM+PGlzYm4+MjI4Ny0xMDk4IChQcmludCkmI3hEOzIyODctMTA5OCAoTGlua2lu
+Zyk8L2lzYm4+PGFjY2Vzc2lvbi1udW0+MzE2MDgyNTY8L2FjY2Vzc2lvbi1udW0+PHVybHM+PHJl
+bGF0ZWQtdXJscz48dXJsPmh0dHBzOi8vd3d3Lm5jYmkubmxtLm5paC5nb3YvcHVibWVkLzMxNjA4
+MjU2PC91cmw+PC9yZWxhdGVkLXVybHM+PC91cmxzPjxjdXN0b20yPlBNQzY3NzkwNzk8L2N1c3Rv
+bTI+PGVsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjEwLjM3NDYvcG5mLjIwMTkuMjQuMy4zMDg8L2Vs
+ZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjwvcmVjb3JkPjwvQ2l0ZT48Q2l0ZT48QXV0aG9yPkVsZ2Ft
+aWx5PC9BdXRob3I+PFllYXI+MjAxNjwvWWVhcj48UmVjTnVtPjExPC9SZWNOdW0+PHJlY29yZD48
+cmVjLW51bWJlcj4xMTwvcmVjLW51bWJlcj48Zm9yZWlnbi1rZXlzPjxrZXkgYXBwPSJFTiIgZGIt
+aWQ9IngydzA5MHZlNHZycmE0ZTkyZm41dzI5eHJmdnhhMHN6MnhzZCIgdGltZXN0YW1wPSIxNjA1
+ODIwMzg2Ij4xMTwva2V5PjwvZm9yZWlnbi1rZXlzPjxyZWYtdHlwZSBuYW1lPSJKb3VybmFsIEFy
+dGljbGUiPjE3PC9yZWYtdHlwZT48Y29udHJpYnV0b3JzPjxhdXRob3JzPjxhdXRob3I+RWxnYW1p
+bHksIEguPC9hdXRob3I+PGF1dGhvcj5Nb3Vzc2EsIEEuPC9hdXRob3I+PGF1dGhvcj5FbGJvcmFl
+eSwgQS48L2F1dGhvcj48YXV0aG9yPkVsLVNheWVkLCBILjwvYXV0aG9yPjxhdXRob3I+QWwtTW9n
+aGF6eSwgTS48L2F1dGhvcj48YXV0aG9yPkFiZGFsbGEsIEEuPC9hdXRob3I+PC9hdXRob3JzPjwv
+Y29udHJpYnV0b3JzPjxhdXRoLWFkZHJlc3M+TmF0aW9uYWwgUmVzZWFyY2ggQ2VudHJlLCBSZXN0
+b3JhdGl2ZSBEZW50aXN0cnkgYW5kIERlbnRhbCBNYXRlcmlhbCBSZXNlYXJjaCBEZXBhcnRtZW50
+LCBHaXphLCBFZ3lwdC4mI3hEO05hdGlvbmFsIFJlc2VhcmNoIENlbnRyZSwgUHJvc3Rob2RvbnRp
+Y3MsIEdpemEsIEVneXB0LiYjeEQ7TmF0aW9uYWwgUmVzZWFyY2ggQ2VudHJlLCBEYWlyeSBTY2ll
+bmNlIERlcGFydG1lbnQgKE1pY3JvYmlvbG9neSBMYWIuKSwgRm9vZCBJbmR1c3RyaWVzIGFuZCBO
+dXRyaXRpb24gRGl2aXNpb24sIEdpemEsIEVneXB0LiYjeEQ7TmF0aW9uYWwgUmVzZWFyY2ggQ2Vu
+dHJlLCBUZWNobm9sb2d5IG9mIEhvcnRpY3VsdHVyZSBDcm9wcyBEZXBhcnRtZW50LCBBZ3JpY3Vs
+dHVyZSBSZXNlYXJjaCBEaXZpc2lvbiwgR2l6YSwgRWd5cHQuPC9hdXRoLWFkZHJlc3M+PHRpdGxl
+cz48dGl0bGU+TWljcm9iaW9sb2dpY2FsIEFzc2Vzc21lbnQgb2YgTW9yaW5nYSBPbGVpZmVyYSBF
+eHRyYWN0cyBhbmQgSXRzIEluY29ycG9yYXRpb24gaW4gTm92ZWwgRGVudGFsIFJlbWVkaWVzIGFn
+YWluc3QgU29tZSBPcmFsIFBhdGhvZ2VuczwvdGl0bGU+PHNlY29uZGFyeS10aXRsZT5PcGVuIEFj
+Y2VzcyBNYWNlZCBKIE1lZCBTY2k8L3NlY29uZGFyeS10aXRsZT48L3RpdGxlcz48cGVyaW9kaWNh
+bD48ZnVsbC10aXRsZT5PcGVuIEFjY2VzcyBNYWNlZCBKIE1lZCBTY2k8L2Z1bGwtdGl0bGU+PC9w
+ZXJpb2RpY2FsPjxwYWdlcz41ODUtNTkwPC9wYWdlcz48dm9sdW1lPjQ8L3ZvbHVtZT48bnVtYmVy
+PjQ8L251bWJlcj48ZWRpdGlvbj4yMDE2LzEyLzI5PC9lZGl0aW9uPjxrZXl3b3Jkcz48a2V5d29y
+ZD4oTm92ZWwgRGVudGFsIFJlbWVkaWVzKTwva2V5d29yZD48a2V5d29yZD5BbnRpbWljcm9iaWFs
+IEFjdGl2aXR5PC9rZXl3b3JkPjxrZXl3b3JkPk1vcmluZ2EgZXh0cmFjdDwva2V5d29yZD48a2V5
+d29yZD5Ob3ZlbCBleHBlcmltZW50YWwgdG9vdGggcGFzdGU8L2tleXdvcmQ+PGtleXdvcmQ+bW91
+dGggd2FzaDwva2V5d29yZD48L2tleXdvcmRzPjxkYXRlcz48eWVhcj4yMDE2PC95ZWFyPjxwdWIt
+ZGF0ZXM+PGRhdGU+RGVjIDE1PC9kYXRlPjwvcHViLWRhdGVzPjwvZGF0ZXM+PGlzYm4+MTg1Ny05
+NjU1IChQcmludCkmI3hEOzE4NTctOTY1NSAoTGlua2luZyk8L2lzYm4+PGFjY2Vzc2lvbi1udW0+
+MjgwMjgzOTU8L2FjY2Vzc2lvbi1udW0+PHVybHM+PHJlbGF0ZWQtdXJscz48dXJsPmh0dHBzOi8v
+d3d3Lm5jYmkubmxtLm5paC5nb3YvcHVibWVkLzI4MDI4Mzk1PC91cmw+PC9yZWxhdGVkLXVybHM+
+PC91cmxzPjxjdXN0b20yPlBNQzUxNzU1MDM8L2N1c3RvbTI+PGVsZWN0cm9uaWMtcmVzb3VyY2Ut
+bnVtPjEwLjM4ODkvb2Ftam1zLjIwMTYuMTMyPC9lbGVjdHJvbmljLXJlc291cmNlLW51bT48L3Jl
+Y29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5GYWpyaWFuaTwvQXV0aG9yPjxZZWFyPjIwMTk8L1ll
+YXI+PFJlY051bT4yMTc8L1JlY051bT48cmVjb3JkPjxyZWMtbnVtYmVyPjIxNzwvcmVjLW51bWJl
+cj48Zm9yZWlnbi1rZXlzPjxrZXkgYXBwPSJFTiIgZGItaWQ9IngydzA5MHZlNHZycmE0ZTkyZm41
+dzI5eHJmdnhhMHN6MnhzZCIgdGltZXN0YW1wPSIxNjEyNDIzNjIyIj4yMTc8L2tleT48L2ZvcmVp
+Z24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNv
+bnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkZhanJpYW5pLCAmYW1wOyBJbnRpYW5hPC9hdXRo
+b3I+PC9hdXRob3JzPjwvY29udHJpYnV0b3JzPjx0aXRsZXM+PHRpdGxlPlRoZSBlZmZlY3RpdmVu
+ZXNzIG9mIGdhcmdsZSBjb250YWluIGV4dHJhY3Qgb2YmI3hEO01vcmluZ2Egb2xlaWZlcmEgbGVh
+dmVzIHRvIGluaGliaXQgcGxhcXVlIGZvcm1hdGlvbiBvbiBlYXJseSBjaGlsZGhvb2QmI3hEO2Nh
+cmllcyAoRUNDKTwvdGl0bGU+PHNlY29uZGFyeS10aXRsZT5JbnRlcm5hdGlvbmFsIEpvdXJuYWwg
+b2YgQXBwbGllZCBQaGFybWFjZXV0aWNzPC9zZWNvbmRhcnktdGl0bGU+PC90aXRsZXM+PHBlcmlv
+ZGljYWw+PGZ1bGwtdGl0bGU+SW50ZXJuYXRpb25hbCBKb3VybmFsIG9mIEFwcGxpZWQgUGhhcm1h
+Y2V1dGljczwvZnVsbC10aXRsZT48L3BlcmlvZGljYWw+PHBhZ2VzPjQ24oCTNDk8L3BhZ2VzPjx2
+b2x1bWU+MTEoNCk8L3ZvbHVtZT48ZGF0ZXM+PHllYXI+MjAxOTwveWVhcj48L2RhdGVzPjx1cmxz
+PjwvdXJscz48L3JlY29yZD48L0NpdGU+PC9FbmROb3RlPn==
+</w:fldData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE.DATA </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. The antimicrobial efficacy is attributed to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>existence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of tannins, fatty acids, alkaloids, polyphenols and other active ingredients.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06503F22" w14:textId="59819CF7" w:rsidR="000C33F9" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Despite numerous investigations reported the antibacterial effects of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">against both primary and secondary colonizers, the antimicrobial impact of Mo leaves ethanolic extract compared to the use of metronidazole and amoxicillin/clavulanic acid against specific key anaerobic bacterium such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> has not been well demonstrated. Thus, </w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">e hypothesized that M. oleifera ethanolic extract would demonstrate superior antibacterial activity against </w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> compared to conventional antibiotics</w:t>
+      </w:r>
+      <w:r w:rsidR="001E653C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F9" w:rsidRPr="000C33F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B47F78C" w14:textId="3F38EFB1" w:rsidR="00DD1ABE" w:rsidRPr="00A6703A" w:rsidRDefault="00DD1ABE" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...14 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6703A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...247 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Materials and Method</w:t>
+      </w:r>
+      <w:r w:rsidR="00916511" w:rsidRPr="00A6703A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...1 lines deleted...]
-          <w:bdr w:val="nil"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5207E7C8" w14:textId="77777777" w:rsidR="00306DBB" w:rsidRDefault="00306DBB" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk210996271"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00306DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tudy design and settings</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="552AA819" w14:textId="2E688367" w:rsidR="00577052" w:rsidRPr="00376BE8" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>This research was conducted under the approval of the ethics committee in the College of Dentistry</w:t>
+      </w:r>
+      <w:r w:rsidR="00E157A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>University of Baghdad (Reference: 256, dated 20/03/2021) (</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4156">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Supp</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC50A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lementary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1). All participants were informed about the study's objectives, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>and their participation was voluntary, requiring the signing of a consent form (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC50A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Supplementary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE09522" w14:textId="0F197F19" w:rsidR="00306DBB" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Participants who had used antibiotics and received periodontal treatment in the past 3 months were excluded. Twenty patients diagnosed with stage 3 and 4 periodontitis</w:t>
+      </w:r>
+      <w:r w:rsidR="005A05D4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A05D4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00784E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B10BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A05D4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001042E9" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001042E9" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>clinical attachment loss &gt; 5 mm and probing depth &gt;6 mm</w:t>
+      </w:r>
+      <w:r w:rsidR="004942AD" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4FA2" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>willing</w:t>
+      </w:r>
+      <w:r w:rsidR="004942AD" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to participate in the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were </w:t>
+      </w:r>
+      <w:r w:rsidR="004942AD" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the collection of subgingival plaque samples for clinical isolation of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BFC2923" w14:textId="3B70B661" w:rsidR="00306DBB" w:rsidRPr="001055CD" w:rsidRDefault="00306DBB" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001055CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subgingival biofilm sampling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F842814" w14:textId="5718EA92" w:rsidR="009734B5" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The sampling procedure was conducted following supragingival biofilm removal </w:t>
+      </w:r>
+      <w:r w:rsidR="00657CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wiping </w:t>
+      </w:r>
+      <w:r w:rsidR="00001726">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with cotton wool pledgets </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">access to the subgingival area for pocket measurement and subgingival plaque sampling. The subgingival pockets of the buccal surfaces of the molar </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47D80" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teeth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with depths exceeding 6 mm were sampled following isolation using cotton rolls. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00001726" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>identified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> periodontal pocket </w:t>
+      </w:r>
+      <w:r w:rsidR="00732EA1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>then sampled using sterile paper point (F2 Dia-ProTTM), which was inserted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till resistance was felt and maintained for 60 seconds</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00784E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B10BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The paper point was gently withdrawn and promptly </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>inoculated onto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004905FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agar (ANAEROBE SYSTEMS, USA). The inoculated plates were incubated for 4-6 days at 36.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C in an anaerobic </w:t>
+      </w:r>
+      <w:r w:rsidR="009F361A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Thermo Scientific) in an anaerobic jar (Oxoid™ AnaeroJar).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A9A1C3" w14:textId="4F2F2C70" w:rsidR="00577052" w:rsidRDefault="00577052" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk210996296"/>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00306DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">orphyromonas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinical isolates verification</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="3BDAC90F" w14:textId="405907BB" w:rsidR="00577052" w:rsidRPr="00577052" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After conducting several sub-culturing of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> isolates on the agar plates, validation was confirmed by </w:t>
+      </w:r>
+      <w:r w:rsidR="003A6EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>colony morphology i.e. black pigmented colonies</w:t>
+      </w:r>
+      <w:r w:rsidR="00072ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>, G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ram-staining, morphological identification by microscopic examination, and DNA analysis using polymerase chain reaction (PCR). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536016A5" w14:textId="69D4CE25" w:rsidR="00577052" w:rsidRPr="00577052" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DNA Isolation: An Eppendorf tube having 50 μl of disinfected hyper deionized-distilled water (DDW) was mixed with </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1984">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an appropriate and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>confirmed colony of each sample, homogenized using vortex mixer, incubated</w:t>
+      </w:r>
+      <w:r w:rsidR="006361E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006361E8" w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>in a heat block</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 10 minutes at 96</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C (Thermo Fisher Scientific), and centrifuged for 5 minutes at 1000 rpm. The DNA template was collected as a precipitate following discarding the supernatant layer</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F482C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00862D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E7B723" w14:textId="4D9A80F5" w:rsidR="00CC3469" w:rsidRPr="00FE7BF6" w:rsidRDefault="00577052" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">PCR Analysis: A 16S rRNA gene of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was analyzed using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>-specific primers by conventional PCR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F482C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00862D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>. The primer sequences were as follows: Forward primer 5´-AGTCAGCTTGCCATACTGGC-3´ and reverse primer 5´-ACCGTTAGCAACTACCGATTG-3´. The amplification process was conducted in triplicate using the VeritiTM 96 well Thermocycler PCR. The final volume of 20 µl of reaction mixture was prepared, comprising: 1 µl of DDW, 2 µl (10 pmol/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)/each </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primer, 5 µl of DNA template, 10 µl of 2X Prime Taq Premix (GeNet BioG-2000). The PCR cycleis illustrated as follows: an initial denaturation at 96</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C for 5 minutes; amplification sequences as DNA denaturation at 95</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C for 30 seconds, annealing at 61</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C for 30 seconds, extension at 71</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C for 30 seconds; and final extension at 71°C for 5 minutes. The PCR product was subsequently subjected to analysis via 2% agarose-gel electrophoresis, running for 36 minutes at 81 V. For gel staining, 3 µl of ethidium bromide was applied. To mark the molecular mass, a 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>bp + DNA ladder was applied. Purification of the bands present on the gel was carried out using the genomic JETTM Gel extraction kit (Fermentas, UK)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ultimately, the standard PCR </w:t>
+      </w:r>
+      <w:r w:rsidR="006361E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>template</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was </w:t>
+      </w:r>
+      <w:r w:rsidR="006361E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>sequenced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00577052">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at Macrogen in South Korea</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3469" w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F2E6E0" w14:textId="53ED97C2" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk210996314"/>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Moringa oleifera L</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0587" w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Extraction</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="1B65A3BF" w14:textId="6EFE801E" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ethanolic extracts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>aves (Batch Number: 850703004221, PVT LTD, Coimbatore-641108, India) were obtained through a maceration process</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F482C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The dried leaves underwent crushing and blending, resulting in 100 grams of the extract </w:t>
+      </w:r>
+      <w:r w:rsidR="00140628">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">solved in 1 liter of distilled water, yielding a mixture with a proportion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>100 mg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>/ml. Filtering was employed to remove coarse plant material, utilizing muslin cloth to extract additional solvent from the exhausted plant matter. The ethanolic extract underwent centrifugation (K Centrifuge, PLC series) at 8000 rpm for 10 minutes, filtered using Whatman No. 1 filter paper (England). The refined extract was subsequently dried with a spray drier (Yenchen Machinery) to obtain powdered extract, which was stored in sterile containers in a refrigerator, ensuring its readiness for subsequent experiments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463E40E9" w14:textId="5369D3C7" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk210996324"/>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Analysis of compounds of Mo Leaves extract</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="1DEE559B" w14:textId="1020CBF0" w:rsidR="00495D17" w:rsidRDefault="006361E8" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>he constituents of the extracts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was characterized using G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>hromatography–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ass </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>pectrometry (GC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="006009B9" w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006009B9" w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006042A3" w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="006009B9" w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006009B9" w:rsidRPr="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Agilent Technologies 7820A GC System, USA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>. Each extract was loaded as a 1 µl sample solution into the GC-MS system. A standard capillary column (30</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>mm x 0.25 mm x 0.25 µm film thickness) was utilized within the mass spectrometer. The column temperature initially held at 100°C for 6 minutes was gradually increased to 255</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C at a rate of 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C/min and maintained at this temperature for 10 minutes. Helium, at a continuous flow rate of 1 ml/min, was served as the carrier gas. The mass spectrometer operated in the electron impact (EI) ionization mode with parameters set at 1500 V for the ion source temperature 245</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C and 150</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495D17" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C for the MS quad temperature. Mass spectral data were collected using the GC-MSD Agilent Chem Station Software. Identification of the extracted components was based on the comparison of the obtained MS values with the collection of the National Institute of Standards and Technology (NIST).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062716E4" w14:textId="7C53FAC5" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk210996357"/>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Agar well and disk diffusion test</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="3CC85BF7" w14:textId="0BD93B47" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The agar well diffusion method was employed to assess the antimicrobial sensitivity of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the ethanolic extract of Mo leaves</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00114352">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The inoculation of 50 μl of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspension was inoculated using L-shaped loop on Mueller Hinton agar (MHA) plates and left for dryness. A sterile micropipette tip was punctured the MHA plate used to make holes (6 mm in diamenter). Subsequently, 100 μl of Mo ethanolic extract at concentrations 25, 50, 75, and 100 mg/ml was applied to the well holes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5507D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5507D" w:rsidRPr="00B5507D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00114352">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005147DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00337BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00337BA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agar disk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">diffusion was employed to assess the antibacterial efficacy of Metronidazole and Augmentin against </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Two antibiotic discs (HiMedia, India) of Augmentin (30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>μ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>g)</w:t>
+      </w:r>
+      <w:r w:rsidR="00716588">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00716588" w:rsidRPr="001B08B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005147DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="001B08B3" w:rsidRPr="001B08B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3903">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and metronidazole (5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>μ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>g)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3903">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00182F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005147DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00285B1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were placed onto the surface of agar plates within 15 min of inoculation. 100 μl of sterilized distilled water (DW) and alcohol free 0.12% chlorhexidine (CHX, periokin) were used as negative and positive controls, respectively. All plates were then anaerobically incubated for 48 hours at 36.5°C.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B740DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>The diameter of the inhibition zones was assessed using vernier caliper and recorded as the average width of the inhibition zone surrounding each well containing the extracts solutions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> An inhibition zone</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(IZ) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">measuring more than 8mm </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>considers</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3E98" w:rsidRPr="00AE3E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> susceptible </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>against used</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antibiotics</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and subjected for further MIC and MBC testings, other wise, it considered resistant if it was less than 8mm IZ, and </w:t>
+      </w:r>
+      <w:r w:rsidR="009E64BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>not underwent MIC and MBC analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0B5A" w:rsidRPr="006E0B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56960">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E950CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0B5A" w:rsidRPr="006E0B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81ECF" w:rsidRPr="00F81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261A0B2C" w14:textId="377E90DB" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk210996377"/>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Determination of the minimum inhibitory concentration  and the minimum bactericidal concentration  of Mo leave extract</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="39D3A2AC" w14:textId="694B9736" w:rsidR="00495D17" w:rsidRDefault="00495D17" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Minimum Inhibitory Concentration (MIC) for ethanolic extract of Mo leaves was determined using a macro two-fold serial dilution method. In this process, each of the 10 labeled test tubes (T1-T10) was loaded with 900 μl of Mueller-Hinton broth (MHB). The first tube received 900 μl of the extract at a concentration of 50 mg/ml, and subsequent serial dilutions were made from the 1st to the 8th tube, leading to concentrations of 50, 25, 12.5, 6.25, 3.12, 1.56, 0.78, and 0.39 mg/ml. The negative and positive controls consisted of MHB in T9, while T10 contained 900 μl of a 0.12% </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7F3B" w:rsidRPr="00BD7F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Chlorhexidine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>-MHB mixture, respectively. The</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspension was made by the following steps: The well-determined colonies of</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0D89">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivlais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> growing on the agar were inoculated in 3 ml of MHB, containing 1 µg/ml of menadione and 5 µg/ml of hemin using sterile loops. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspension then adjusted to 5 × 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CFU/ml concentration at 660 nm optical density </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>adjusted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the 0.5 McFarland's turbidity standard</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00895F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00014CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To each dilution, the addition of 100 μl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suspension was conducted and ensured that the total volume per tube reached 1000 μl. The tubes were then incubated anaerobically for 48 hours at 36.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>C. Then, bacterial growth (turbidity) was assessed visually using a spectrophotometer (EMC LAB, Germany, v-1100 DIGITAL SPECTROPHOTOMETER) at 620 nm</w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>optical density</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The MIC was </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>defined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as the lowest concentration of the extract showing no turbidity. For result validation, all antimicrobial evaluations of were conducted in triplicate at three different instances. Following MIC determination, 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>μ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>l from tubes devoid of visible bacterial growth were cultured on MHA plates and incubated for 48 hours at 36.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40193">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C within an anaerobic environment using an anaerobic gas pack within the anaerobic jar. </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00306DBB" w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimum bactericidal concentration  </w:t>
+      </w:r>
+      <w:r w:rsidR="00306DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>MBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00306DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> value, it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was computed as the lowest dosage of ethanolic leaves extract at which either fewer than three colonies or no growth were observed. This outcome indicated a bactericidal activity ranging from 99 to 99.5%, signifying a substantial level of bacterial elimination</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00895F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00014CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0587">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF8E43E" w14:textId="3792C734" w:rsidR="00AC5846" w:rsidRDefault="00AC5846" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk210996390"/>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anti-Biofilm Assay of Moringa oleifera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Leaf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ethanolic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Extract </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="6015B1B7" w14:textId="5F50D7A8" w:rsidR="00AC5846" w:rsidRDefault="00AC5846" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">extract’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anti-biofilm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>detected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> using the tube adhesion method</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5767">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5767">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03640">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00014CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5767">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5767">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The serial dilutions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the test </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>tubes</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>were poured and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rinsed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 1 min</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with phosphate-buffered solution </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pH 7.3, and left to dry. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Staining </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>with 0.1% crystal violet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were conducted with all tubes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for 1 min and rins</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">distilled water </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to remove </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remaining stain. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tubes were then </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>kept</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>for dryness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upside down </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">position </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for 24 h. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The biofilm formation was viewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C" w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>visual</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>ly</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C" w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>as positive w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hen </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>an observable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stain </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>lined the tube's wall and bottom</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>. This stain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was graded as none or weak</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (score=1 with strong anti-biofilm activity)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>, moderate</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (score=2 with moderate anti-biofilm activity)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>, and strong</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (score=3 with weak anti-biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>activity )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1193C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>All meaurments were conducted with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inter-examiner </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3385">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>callibartion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="008129B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5846">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> different times in triplicate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793208B1" w14:textId="7B6D30B7" w:rsidR="00264F4D" w:rsidRPr="00FE7BF6" w:rsidRDefault="00730E6C" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk211000584"/>
+      <w:r w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Statistical analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="0F683CB1" w14:textId="3BA1C463" w:rsidR="00B03755" w:rsidRPr="006C3BDF" w:rsidRDefault="009F5A35" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5A35">
+        <w:t>The antimicrobial sensitivity test results were initially assessed at a 5% significance level utilizing the Kruskal-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="009F5A35">
+        <w:t>Wallis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5A35">
+        <w:t xml:space="preserve"> test. Subsequently, at a significance level of 0.05, the Mann-Whitney U test was employed to assess differences between the groups.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0D89">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these tests were conducted following checking the </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>normality</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the sample </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>using Shapiro</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF" w:rsidRPr="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>-Wilk test</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF" w:rsidRPr="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>GraphPad Prism </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3BDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>10.5.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0390E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> software was used for statistical analysis </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0390E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0390E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all presented </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7FDA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1655246A" w14:textId="244B92BC" w:rsidR="00DC340C" w:rsidRDefault="00CC3469" w:rsidP="00A94DA8">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7BF6">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...882 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Results</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52194DAA" w14:textId="78849350" w:rsidR="00CC3469" w:rsidRPr="00FE7BF6" w:rsidRDefault="00CC3469" w:rsidP="00EC7BA8">
-[...1050 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+    <w:p w14:paraId="048EEB34" w14:textId="15E938BD" w:rsidR="00CC3469" w:rsidRPr="004F231B" w:rsidRDefault="00DC340C" w:rsidP="00A94DA8">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F231B">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:noProof w:val="0"/>
-[...28 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00810847">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:noProof w:val="0"/>
-[...28 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>orphyromonas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F231B">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:noProof w:val="0"/>
-[...206 lines deleted...]
-        <w:t>) with Class III malocclusion.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">. gingivalis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F231B">
+        <w:t>Verification</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B47F78C" w14:textId="339DB16C" w:rsidR="00DD1ABE" w:rsidRPr="00FE7BF6" w:rsidRDefault="00DD1ABE" w:rsidP="00DD1ABE">
-[...571 lines deleted...]
-        <w:ind w:right="476" w:firstLine="0"/>
+    <w:p w14:paraId="63EE7707" w14:textId="6A8241D2" w:rsidR="00DC340C" w:rsidRDefault="003920BF" w:rsidP="00A94DA8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:rtl/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">      </w:t>
-[...730 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
-[...7 lines deleted...]
-          </w14:textOutline>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33870C77" wp14:editId="7A249583">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="صورة 2"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77B2FFB1" wp14:editId="08E4F55B">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3145155</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1126490</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3235960" cy="4013835"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="5715"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21528"/>
+                <wp:lineTo x="21490" y="21528"/>
+                <wp:lineTo x="21490" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="120543796" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId20" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6003827" cy="1876196"/>
+                      <a:ext cx="3235960" cy="4013835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Black-pigmented bacterial isolates were detected in 60% (n=12) of the samples</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50209">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50209" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>examined</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. After a 48-hour incubation period, the colonies exhibited a round, small, convex growth, and an opaque appearance. Following 5-7 days on lysed blood, black-pigmented colonies became visible, as illustrated in Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidR="002C57D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. Following DNA sequencing, it was determined that all examined colonies bore genetic resemblance to</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00306DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> strain ATCC 33277 as shown in Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="002C57D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1.B</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4C0FD6B2" w14:textId="6BE7A21A" w:rsidR="00CC3469" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="005E3940">
+    <w:p w14:paraId="4A61018C" w14:textId="1B000310" w:rsidR="00DC340C" w:rsidRPr="00DC340C" w:rsidRDefault="00DC340C" w:rsidP="00B272FE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
+        <w:ind w:right="543" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C51BBAB" w14:textId="4D2E9E7B" w:rsidR="00822F40" w:rsidRDefault="00822F40" w:rsidP="00971FB7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781FC2BB" w14:textId="3D61EEBB" w:rsidR="00822F40" w:rsidRDefault="00822F40" w:rsidP="00971FB7">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F76B05" w14:textId="1075D6B2" w:rsidR="00822F40" w:rsidRDefault="00822F40" w:rsidP="003920BF">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C13BBD8" w14:textId="022FD17F" w:rsidR="00971FB7" w:rsidRPr="00DC340C" w:rsidRDefault="00DC340C" w:rsidP="00822F40">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:hanging="11"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:rtl/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Figure 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26F43" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26F43" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verification</w:t>
+      </w:r>
+      <w:r w:rsidR="00331AB4" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26F43" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00331AB4" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26F43" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00331AB4" w:rsidRPr="00331AB4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB7">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:t>Following a 5-7-day incubation period</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00577052">
+        <w:t>36.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00577052">
+        <w:t>C in an anaerobic gas pack in an anaerobic jar</w:t>
+      </w:r>
+      <w:r w:rsidR="007F0B97">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0B97">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:t xml:space="preserve">he colonies of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC340C">
+        <w:t xml:space="preserve"> exhibited a black pigment, spherical shape, and a smooth, shiny appearance.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22567">
+        <w:t xml:space="preserve"> (B)</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB7" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16s RNA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00971FB7" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Sequnceing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00971FB7" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> graph of </w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB7" w:rsidRPr="00DC340C">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00971FB7">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755841BD" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64AD62B8" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2485574F" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2090C810" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B31D30" w14:textId="6D57CB1A" w:rsidR="004F231B" w:rsidRDefault="004F231B" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F231B">
+        <w:t>GC-MS analysis of Mo e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F231B">
+        <w:t xml:space="preserve">hanolic leaves extracts </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1773AF11" w14:textId="29AEA293" w:rsidR="00CC3469" w:rsidRDefault="00B03755" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In the GC-MS analysis of Mo leaves, the primary constituents identified were Trans-11 octadecenoic acid and Oleic Acid (18.15%), with 1H,3H-Quinoline-2,5-dione, 1-4-fluorophenyl (16.28%) being the next major alkaloid components, as shown in Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0155">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4550">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. However, the rest components following </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>GC-MS analysis showed minor components ranged from 0.79% of Oxirane, trimethyl-1,3-Dioxane, 4,5-dimethyl- to 4.75% of Ethanol, 2-bromo-N-(2- Methoxyethyl) alanine Triethyl borate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34642726" w14:textId="2E9BC129" w:rsidR="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0155">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:t xml:space="preserve"> GC-MS profile of the Mo ethanolic Leaves extracts.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9883" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1149"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="1164"/>
+        <w:gridCol w:w="192"/>
+        <w:gridCol w:w="5647"/>
+        <w:gridCol w:w="270"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A33B32" w14:paraId="6A7C8F02" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="270" w:type="dxa"/>
+          <w:trHeight w:val="149"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BF41886" w14:textId="4B869204" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peck</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E5DCA55" w14:textId="049C8038" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Retention time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1356" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F28103F" w14:textId="02EF92E1" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Area %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F0413E8" w14:textId="3BE26D7F" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="1332765B" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478736DD" w14:textId="1AD18BE0" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29508EC8" w14:textId="73EFD921" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.734</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="128267F9" w14:textId="5369AF23" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1870BE24" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Adenosine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, 4'-de(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>hydroxymethyl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>)-4-[N-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>ethylaminoformyl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>] -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FDB82B7" w14:textId="5CEA37FA" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acetamide, 2-(2-hydroxyethoxy)-m-Dioxan-4-ol, 2,6-dimethyl-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="25F4365D" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F34CAA" w14:textId="165F37AA" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD0D3CD" w14:textId="5DE72323" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5A223D" w14:textId="073BE044" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F174F6C" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adenosine, 4'-de(hydroxymethyl)-4'</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE02B92" w14:textId="20725A33" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H-Pyran-2-one, tetrahydro-6,6-dimethyl-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="1D2A84BB" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D65BB6" w14:textId="4E031697" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E892B5C" w14:textId="67867EE9" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5144E1" w14:textId="2DBFAB9A" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCC717C" w14:textId="5DFB0AFA" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Oxirane, trimethyl-1,3-Dioxane, 4,5-dimethyl-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="512B80C8" w14:textId="6DCE6847" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="678"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0332B5F5" w14:textId="051249A6" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7B1813" w14:textId="29A01B08" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5760DA" w14:textId="7E39BE72" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16.28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="084C12A1" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2-Hexanol, 3-methyl-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2B74C5" w14:textId="1EBB5E29" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ethanol, 2-[2-(2-methoxyethoxy) ethoxy]-, acetate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pentane, 1-methoxy-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="49D9D68F" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF862FC" w14:textId="02F80740" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFA075C" w14:textId="003AC89E" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.938</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F91589" w14:textId="6A2F08E0" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2974620C" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,3-Butanediol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBBFCB0" w14:textId="15180DA9" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1-Butanol, 4-methoxy-1,4,7,10,13,16-Hexaoxacyclooctadecane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="76F2BD46" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="450917FF" w14:textId="374D51AE" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EA68A2" w14:textId="2C434E96" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.337</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23BCBDE9" w14:textId="2D2AAA2F" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACE49D2" w14:textId="2074CA29" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acetaldehyde, di-sec-butyl acetal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Butyric acid, 2,3-dioxo-, 2-methyl oxime, ethyl ester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="5D138009" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="739"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59542B47" w14:textId="668B56DA" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0D1E95" w14:textId="0A8FE25C" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13.951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2955B17B" w14:textId="77777777" w:rsidR="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B5B0129" w14:textId="57867959" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6.28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D486339" w14:textId="12943149" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1H,3H-Quinoline-2,5-dione, 1-4-fluorophenyl </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-4H-Pyran-4-one, 2,3-dihydro-3,5-di hydroxy-6-methyl-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w:rsidRPr="00BA7407" w14:paraId="4C757BCA" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5023BCB3" w14:textId="276AD04A" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060AFA4B" w14:textId="47C55F3B" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15.039</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E30CBDC" w14:textId="79E324AF" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A034E01" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00BA7407" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7407">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Imidazole, 2-fluoro-5-hydroxy-1-ri bofuranosyl-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6109B519" w14:textId="77F949D0" w:rsidR="0031484A" w:rsidRPr="00BA7407" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7407">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>Trans-11-octadecenoic acid, Oleic Acid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="32FFA634" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="521AC9F3" w14:textId="4277FCE0" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C259C0" w14:textId="102D05AE" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18.615</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F9F8DD" w14:textId="2A3F91B2" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C516F4" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(2,5-Dimethyl- [1,3] dioxan-4-yl)-methanol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ACCEF28" w14:textId="4AD004ED" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acetic acid, hydroxy-, ethyl ester</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hydroperoxide, 1-methylpentyl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="5ECB9DB1" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1497ED1D" w14:textId="7003A7DD" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23702B4F" w14:textId="574BBA6D" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>19.881</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213A2AE7" w14:textId="0F3BCC3B" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8C920B" w14:textId="0C8B80CF" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="948"/>
+              </w:tabs>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3-Methyl-oxiran-2-yl)-methanol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Butanamide, 3, N-dihydroxy-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="1052FA55" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="446D6625" w14:textId="5BB49FFC" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F460ED" w14:textId="3B6A7045" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20.900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41372283" w14:textId="7D61EC37" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4.75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B0026D" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ethanol, 2-bromo-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B33E130" w14:textId="6841B08F" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N-(2-Methoxyethyl) alanine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Triethyl borate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="5DCCEF9B" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="693"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5A4726" w14:textId="06DFB6B8" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54686674" w14:textId="4F7152EF" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>21.708</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="442F4E53" w14:textId="49878D77" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="704AE49F" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2-O-Mesyl arabinose</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65DCAC5A" w14:textId="3760F698" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(3-Methyl-oxiran-2-yl)-methanol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imidazolidine, 1,2,3-triacetoxy-5- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nitroimino</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33B32" w14:paraId="3BB2E189" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="497"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A10F144" w14:textId="14116AA1" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17047D05" w14:textId="7B345091" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22.098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1164" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="223CEEF4" w14:textId="2103BFB7" w:rsidR="0031484A" w:rsidRPr="00B03755" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A7BAB8" w14:textId="1DE10641" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+            <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="51"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B03755">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1H-Pyrimidine-2,4-dione, 5-fluoro-1-(2-hydroxyethoxymethyl)-Hexadecanol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="450D8797" w14:textId="664148FC" w:rsidR="00B03755" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Figure 1: </w:t>
-[...16 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...304 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-        </w:rPr>
-[...58 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="016A8203" wp14:editId="4788B131">
-[...2 lines deleted...]
-            <wp:docPr id="10" name="صورة 10"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7199D8A4" wp14:editId="159ED1D7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1201536</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>145473</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4391891" cy="1507132"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21300"/>
+                <wp:lineTo x="21550" y="21300"/>
+                <wp:lineTo x="21550" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="927681185" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-[...2 lines deleted...]
-                    <a:stretch/>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3736492" cy="1612402"/>
+                      <a:ext cx="4391891" cy="1507132"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
-                    <a:extLst>
-[...3 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32925CD4" w14:textId="58DB2804" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
+    <w:p w14:paraId="2160A4B1" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:ind w:right="543" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>FGFR1</w:t>
-[...51 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D492C49" w14:textId="77777777" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
+    <w:p w14:paraId="3A1F000E" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296347FE" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B31B32B" w14:textId="77777777" w:rsidR="003920BF" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4F813D" w14:textId="60CD9DF5" w:rsidR="00B03755" w:rsidRPr="00A33B32" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7BF6">
-        <w:rPr>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4550">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GC-MS chromatogram </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>of Mo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ethanolic Leaves extracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each extract was loaded as a 1 µl </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>standard capillary column within the mass spectrometer at 100°C for 6 minutes</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, then</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gradually increased to 255 C at a rate of 10 C/min and maintained for 10 minutes. Helium</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>was served as the carrier gas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2E31" w:rsidRPr="00DD2E31">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flow rate of 1 ml/min. The mass spectrometer operated in the electron impact (EI) ionization mode with parameters set at 1500 V for the ion source temperature 245 C and 150 C for the MS quad temperature. Mass spectral data were collected using the GC-MSD Agilent Chem Station Software. Identification of the extracted components was based on the comparison of the obtained MS values with the collection of the National Institute of Standards and Technology (NIST).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6760AB" w14:textId="74E0AFAC" w:rsidR="00B03755" w:rsidRDefault="0031484A" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Antimicrobial evaluation of antibiotics and Ethanolic Mo extract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC041A2" w14:textId="60819C61" w:rsidR="0031484A" w:rsidRDefault="003920BF" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F66A982" wp14:editId="6F6521FB">
-[...2 lines deleted...]
-            <wp:docPr id="11" name="صورة 11"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6742521E" wp14:editId="2CAD7644">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>983269</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1718714</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4854863" cy="2319785"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21464"/>
+                <wp:lineTo x="21529" y="21464"/>
+                <wp:lineTo x="21529" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1714318098" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-[...2 lines deleted...]
-                    <a:stretch/>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3468193" cy="1158221"/>
+                      <a:ext cx="4854863" cy="2319785"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
-                    <a:extLst>
-[...3 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The outcomes of the agar well diffusion test demonstrated that Mo leaves exhibited a dose-dependent antimicrobial effect across all examined concentrations. The smallest average inhibition zone measured 5 ±0.3 mm at a concentration of 25 mg/ml, while the largest inhibition zone, measuring 13±0.5 mm, was observed at a concentration of 100 mg/ml as showed in Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96569">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. In contrast, CHX 0.12% consistently exhibited the most substantial inhibition zone, measuring 18.2±0.2 mm, in comparison to Mo leaves. Nevertheless, no antibacterial activity was evident across concentrations of Augmentin (30 µg), while metronidazole (5 µg) showed </w:t>
+      </w:r>
+      <w:r w:rsidR="002F666A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ±0.3 mm inhibition zone against </w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="002251F3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73B88">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">as showed in Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96569">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96569">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0031484A" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0070070D">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B34D6D7" w14:textId="1E6C2DD1" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
+    <w:p w14:paraId="3BC60520" w14:textId="39FE0138" w:rsidR="0031484A" w:rsidRDefault="0031484A" w:rsidP="001F7448">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="176A768F" w14:textId="5EF2BE2D" w:rsidR="0031484A" w:rsidRDefault="0031484A" w:rsidP="003920BF">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="993" w:right="543" w:hanging="11"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031484A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96569">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The inhibition zone around the antibiotics and extract</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73AE9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was detected using </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73AE9" w:rsidRPr="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Agar well and disk diffusion test</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>A) Mo Leaves showed inhibition zone at concentrations</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73AE9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25 and 50 mg/ml</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="0070070D">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7BF6">
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="002251F3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; (B) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">here is no inhibition zone around </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>30 μg</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE7BF6">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Augmentin (AMC) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>5 μg</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metronidazole (MZ) disks which indicate no sensitivity to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002251F3">
+        <w:rPr>
           <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>MAFB</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:t xml:space="preserve"> while </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">0.12% </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>tested samples had unclear readings.</w:t>
+        <w:t>Chlorohexidine (CHX) was sensitive.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD61F9" w:rsidRPr="00A73AE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>All plates were then anaerobically incubated for 48 hours at 36.5°C. The diameter of the inhibition zones was assessed using vernier caliper and recorded as the average width of the inhibition zone surrounding each well containing the extracts solutions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E01701" w14:textId="77777777" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
+    <w:p w14:paraId="75D3B400" w14:textId="1E377893" w:rsidR="00B03755" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
+        <w:ind w:right="543" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7BF6">
-[...107 lines deleted...]
-        </w:drawing>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96569">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sensitivity of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to different concentrations of Mo ethanolic Leaves extract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADF31C5" w14:textId="77777777" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2601"/>
+        <w:gridCol w:w="1927"/>
+        <w:gridCol w:w="1387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="213B578E" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B5F7C0" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mo Ethanolic Leaves Extract/CHX/Antibiotics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEE4887" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="394" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inhibition</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>zone</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(mm)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6163B2" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Standard</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>deviation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3A78DC" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="66" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="258" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="535391D3" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9AAEEF" w14:textId="075B0F28" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CHX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(0.12%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55360A8C" w14:textId="52D3F950" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="153F834A" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="585" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.284</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="409C6CF9" w14:textId="4B613019" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C0D640C" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:ind w:right="543"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38C40729" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:ind w:right="543"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="3FC4C206" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="480E3500" w14:textId="6A7EFC42" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leaves 100 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="641429AC" w14:textId="29104276" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748FA22B" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="585" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.521</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="454D4109" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:ind w:right="543"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="419A7668" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A542C27" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="center" w:pos="963"/>
+              </w:tabs>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leaves </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2EDB6B" w14:textId="6FD27EE2" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A4461A" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="542" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.639</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3322300F" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="6BE18A16" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBD4E25" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leaves 50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="426BBD87" w14:textId="795A9205" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A52C6F3" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="542" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.258</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A72921" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="4C078AD8" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="467B698D" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Leaves 25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="078D0DEF" w14:textId="22A0B5A4" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="495C36C8" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="542" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.329</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AE6FE5" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="5BD9E226" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5866549D" w14:textId="24A04D44" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Metronidazole (5 µg)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C8E433" w14:textId="63263968" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="00A50209" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE75835" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="542" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.347</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>^</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2FE7BC" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031484A" w:rsidRPr="0031484A" w14:paraId="2C1BA11F" w14:textId="77777777" w:rsidTr="003920BF">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C5B740" w14:textId="34C0E2A6" w:rsidR="0031484A" w:rsidRPr="003920BF" w:rsidRDefault="0031484A" w:rsidP="00AD3CAE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="142" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003920BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Augmentin (30 µg)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C13FE39" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="365" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Resistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360CA0BB" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="542" w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031484A">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Null</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7EFF7A" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="543"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B00E5C6" w14:textId="77777777" w:rsidR="0031484A" w:rsidRPr="0031484A" w:rsidRDefault="0031484A" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="MDPI32textnoindent"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="543"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CHX:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chlorhexidine; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Comparison</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CHX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kruskal,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0.05.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>^</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0031484A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Comparison</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F8247A" w14:textId="62E635C2" w:rsidR="00B03755" w:rsidRDefault="00A33B32" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">As there were no and barely detectable antibacterial sensitivity of Augmentin and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54A81">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54A81" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>etronidazole</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in disk diffusion method, only the MIC values of the ethanolic extract from Mo leaves against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were determined through serial macro dilutions, assessed by optical density (OD). The lowest concentration of Mo extract exhibiting antibacterial efficacy against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was 0.78 mg/ml (OD=0.025). Furthermore, the extract exhibited minimal bactericidal effect at concentration 1.55 mg/ml compared to CHX at concentration 0.06 mg/ml (OD=0.014).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22534264" w14:textId="367D6886" w:rsidR="008C3385" w:rsidRPr="008C3385" w:rsidRDefault="008C3385" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:hanging="11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C3385">
+        <w:t xml:space="preserve">Anti-biofilm assay of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">leaf ethanolic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C3385">
+        <w:t xml:space="preserve">extracts </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA3C3E6" w14:textId="0E87B281" w:rsidR="008C3385" w:rsidRDefault="008C3385" w:rsidP="006D3EBC">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:hanging="11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">nti-biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A">
+        <w:t>influence of the ethanolic ext</w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A">
+        <w:t xml:space="preserve">act of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:t xml:space="preserve">Mo </w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A" w:rsidRPr="00AC0AC7">
+        <w:t>leaf</w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">revealed </w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6">
+        <w:t>significant highest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> anti-biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="001D011A">
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> at a concentration of </w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t>1.55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> mg/ml</w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t xml:space="preserve"> (MBC value)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t>, which was equivalent to 0.06% CHX</w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6">
+        <w:t xml:space="preserve"> compared to other Mo leaf extract’s concentrations (P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6" w:rsidRPr="00B870C6">
+        <w:t xml:space="preserve"> &lt;0.0001</w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> had a similar effect </w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="0084598B">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="0084598B" w:rsidRPr="001D011A">
+        <w:t>concentration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t>0.78</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> mg/ml </w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t>which represent the MIC value</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B870C6">
+        <w:t xml:space="preserve">followed by lowest anti-biofilm activity at 0.34 mg/ml, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">as shown in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C41009">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41009" w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">igure </w:t>
+      </w:r>
+      <w:r w:rsidR="007950C2">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00290935">
+        <w:t xml:space="preserve"> Interestingly, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">the anti-biofilm score of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="001D011A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7">
+        <w:t xml:space="preserve">leaf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t xml:space="preserve">extract was increased with a decrease in extract concentrations. The experiment was conducted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07E57">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D011A">
+        <w:t>triplicate at three different times.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B18424B" w14:textId="77777777" w:rsidR="00A805CE" w:rsidRDefault="00A805CE" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:hanging="11"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223A61F8" w14:textId="519BBA24" w:rsidR="00290935" w:rsidRPr="001D011A" w:rsidRDefault="00A05E1B" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:hanging="11"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:object w:dxaOrig="6538" w:dyaOrig="5715" w14:anchorId="1E50F2A9">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:309pt;height:191.35pt" o:ole="">
+            <v:imagedata r:id="rId23" o:title=""/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Prism10.Document" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1827257996" r:id="rId24"/>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7B3E30" w14:textId="2232F696" w:rsidR="001D011A" w:rsidRPr="00452CB0" w:rsidRDefault="00912E03" w:rsidP="003920BF">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r w:rsidR="007950C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anti-biofilm effect of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Leaf ethanolic extract concentrations compared to 0.06% chlorhexidine</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75382" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75382" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>was detected using the tube adhesion method</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75382" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Serial dilutions of the test tubes were poured and rinsed for 1 min with phosphate-buffered solution at pH 7.3, and left to dry. Staining with 0.1% crystal violet were conducted with all tubes for 1 min and rinsing with distilled water to remove the remaining stain.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2664">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Antibiofilm activity was viewed in term of stain formation score. Highest antibiofilm effect was viewed with no/weak stain and vise versa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Score 1=absent or weak stain; 2=moderate stain; 3=strong. MoL: Mo leaf, CHX: chlorhexidine 0.06% used as a positive control. The experiment was conducted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07E57" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> triplicate </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07E57" w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> three </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>different times.</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ignificance</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:spacing w:val="34"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:spacing w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13" w:rsidRPr="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0.05</w:t>
+      </w:r>
+      <w:r w:rsidR="00984C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and shared letter </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD76DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>show non-significant difference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A005D5" w14:textId="3E390B82" w:rsidR="00CC3469" w:rsidRPr="00415B59" w:rsidRDefault="00CC3469" w:rsidP="00B272FE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:right="476"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Figure 4:</w:t>
-[...202 lines deleted...]
-      <w:r w:rsidRPr="00FE7BF6">
+      </w:pPr>
+      <w:r w:rsidRPr="00415B59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Figure 5: </w:t>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> (4_M13-FB.ab1).</w:t>
+        <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418F0CE2" w14:textId="77777777" w:rsidR="007613C2" w:rsidRPr="00FE7BF6" w:rsidRDefault="007613C2" w:rsidP="007613C2">
-[...2463 lines deleted...]
-    <w:p w14:paraId="4D4C1E4D" w14:textId="567FC3F7" w:rsidR="002D7E4D" w:rsidRPr="00264F4D" w:rsidRDefault="00264F4D" w:rsidP="00264F4D">
+    <w:p w14:paraId="6A684DE3" w14:textId="28371E37" w:rsidR="00481A63" w:rsidRPr="00376BE8" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
-[...36 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
-[...29 lines deleted...]
-          <w:rFonts w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The main objective in treating periodontitis is to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>produce a healthy</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> periodontal environment </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>by promoting</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> health-associated bacteria</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> which results in an </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">equilibrium </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the host defense system</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the oral </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E60128">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>miroflora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Teles&lt;/Author&gt;&lt;Year&gt;2006&lt;/Year&gt;&lt;RecNum&gt;32&lt;/RecNum&gt;&lt;DisplayText&gt;(20)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;32&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703439732"&gt;32&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Teles, Ricardo P&lt;/author&gt;&lt;author&gt;Haffajee, Anne D&lt;/author&gt;&lt;author&gt;Socransky, Sigmund S&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Microbiological goals of periodontal therapy&lt;/title&gt;&lt;secondary-title&gt;Periodontology 2000&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Periodontology 2000&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;180-218&lt;/pages&gt;&lt;volume&gt;42&lt;/volume&gt;&lt;number&gt;1&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2006&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0906-6713&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00014CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Virulent pathogenic bacteria are commonly resid in deep periodontal lesions. These areas </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>are effectively treated by</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> traditional non-surgical </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">and surgical </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">treatments, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">necessitating </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">the use of adjunctive </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>systemic anti-bacterial therapy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Chen&lt;/Author&gt;&lt;Year&gt;2020&lt;/Year&gt;&lt;RecNum&gt;33&lt;/RecNum&gt;&lt;DisplayText&gt;(21)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;33&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703440038"&gt;33&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Chen, Casey&lt;/author&gt;&lt;author&gt;Feng, Pinghui&lt;/author&gt;&lt;author&gt;Slots, Jørgen&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Herpesvirus‐bacteria synergistic interaction in periodontitis&lt;/title&gt;&lt;secondary-title&gt;Periodontology 2000&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Periodontology 2000&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;42-64&lt;/pages&gt;&lt;volume&gt;82&lt;/volume&gt;&lt;number&gt;1&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2020&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0906-6713&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00014CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:rFonts w:cstheme="majorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, recognized as a critical pathogen in periodontal health, is documented to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="cs"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-IQ"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>exert</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> a significant influence triggering the onset and advancement of periodontitis by switching the subgingival microflora from being symbiotic to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>dysbiotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> one, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">deteriorating the entire sub-gingival microbial ecosystems. Focusing on this pathogen could disrupt various pathways </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">and interactions </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>associated with the progression of periodontal disease, including direct bacterial interaction and manipulation or evasion of the host's immune response</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14BDC" w:rsidRPr="00D14BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33B32" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1956" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00333866" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B88CE56" w14:textId="6A607050" w:rsidR="00EF70C7" w:rsidRDefault="00AD30DC" w:rsidP="00EF70C7">
-[...525 lines deleted...]
-    <w:p w14:paraId="29C10867" w14:textId="34A22310" w:rsidR="004910D1" w:rsidRPr="004910D1" w:rsidRDefault="009201F7" w:rsidP="006F6D23">
+    <w:p w14:paraId="41DAB9CD" w14:textId="37E4B2EE" w:rsidR="004F7560" w:rsidRPr="00376BE8" w:rsidRDefault="004F7560" w:rsidP="00B272FE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Sampling of subgingival biofilm using paper point was widely used for isolation and counting of subgingival microbiome compared to other methods include curette sampling. Although curette instrument has shown to harvest significantly more bacteria as it collects and penetrate the apical part of subgingival biofilm in both dental and periodontal tissue parts, the composition of different periodontal pathogens including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> as collected by paper point was found to be similar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14F0C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14F0C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00606A6B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76989" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> or even higher</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03285" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03285" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03285" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03285" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">compared to curette sampling, indicating that both are suitable for routine microbiological diagnostics. However, the invasive and traumatic nature of using curettes can exerts sense of patient discomfort compared to easy non-invasive use of paper point in subgingival biofilm sampling. For all these reasons, paper point technique was used for subgingival biofilm sampling.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02536683" w14:textId="6ECD3802" w:rsidR="002D54EB" w:rsidRPr="00376BE8" w:rsidRDefault="002D54EB" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Moringa oleifera L.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Extraction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707A3560" w14:textId="3BE78D30" w:rsidR="00481A63" w:rsidRPr="00376BE8" w:rsidRDefault="00481A63" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Maceration has been extensively employed over other methods because of its simplicity, cost-effectiveness, and compatibility with heat-sensitive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>compounds</w:t>
+      </w:r>
+      <w:r w:rsidR="004B587B" w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B587B" w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00921C80" w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2871">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="004B587B" w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. Etha</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>nolic-based extraction of natural products considered effective due to its wide solubility spectrum as an uncharged solvent, it can extract a diverse range of compounds, encompassing both water-soluble hydrophilic constituents and fat-soluble lipophilic substances. Its antimicrobial activity helps minimize contamination hazards and maintain the integrity of the extracts. Ethanolic derivatives are comparatively safe and inexpensive, evaporating rapidly post-extraction to simplify concentration procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5741B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5741B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00930A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5741B" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6756" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Moringa oleifera leaf ethanolic extracts contain considerable significant concentrations of polyphenolic compounds and flavonoids, exerts potent antioxidant activity, and greater antibacterial effect against number of anaerobic bacteria that showed significant sensitivity towards the ethanolic compared to aqueous extract</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6756" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6756" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00930A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6756" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E507F90" w14:textId="547D41B3" w:rsidR="004B587B" w:rsidRPr="00376BE8" w:rsidRDefault="004B587B" w:rsidP="00CB2C4C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Analysis of Mo Leaves extract components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E869193" w14:textId="65EC6AAB" w:rsidR="00AC7906" w:rsidRPr="00376BE8" w:rsidRDefault="00481A63" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Among analytical platforms used in metabolomics, GC/MS is frequently preferred owing to its cost-efficiency, robust reproducibility, operational stability, and simplified data analysis. GC/MS considered as a crucial analytical tool for both qualitative and quantitative determination of contaminants and residues in food. It offers rapid and sensitive analysis, high peak resolution, and enables the identification of thermally stable and volatile and nonvolatile </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>compounds</w:t>
+      </w:r>
+      <w:r w:rsidR="005E01EA" w:rsidRPr="003B102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E01EA" w:rsidRPr="003B102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006042A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="005E01EA" w:rsidRPr="003B102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> For these characteristics, </w:t>
+      </w:r>
+      <w:r w:rsidR="00997CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">GC/MS was used to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7906">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">explore </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7906" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Mo Leaves extract components</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7906">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCE3F39" w14:textId="317476BE" w:rsidR="00E91C47" w:rsidRPr="00376BE8" w:rsidRDefault="00E91C47" w:rsidP="007B3AC5">
+      <w:pPr>
+        <w:pStyle w:val="MsoFootnoteText0"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:hanging="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B272FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Determination of the antimicrobial sensitivity</w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00B272FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0046439D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>MIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00381845" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and MBC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>of Mo leave extract</w:t>
+      </w:r>
+      <w:r w:rsidR="00381845" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62583C44" w14:textId="1732053A" w:rsidR="00070734" w:rsidRPr="00376BE8" w:rsidRDefault="00512309" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The bacterial sensitivity against </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57526" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Mo and the tested antibiotics was determined using </w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>disk-diffusion method</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57526" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57526" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">This method </w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>presents numerous advantages</w:t>
+      </w:r>
+      <w:r w:rsidR="00740911" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">including simplicity, cost-effectiveness, capacity to evaluate a wide range of microorganisms and antimicrobial compounds, and the straightforward interpretation of outcomes </w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00183040">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E164C" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0046439D" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00481A63" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The MIC of the ethanolic extract of Mo leaves was determined using a macro two-fold serial dilution. According to EUCAST and CLSI, the most reliable, precise, and recommended method to determine the MIC breakpoints of any antimicrobial agent against the pathogen of interest is the broth microdilution method. The two-fold serial dilution step provides more precise MIC values compared to methods with larger dilution factors (e.g., 10-fold dilutions), allowing for a finer resolution of the effective concentration</w:t>
+      </w:r>
+      <w:r w:rsidR="0017344F" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005919D7" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00183040">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="005919D7" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A63" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEEAFFB" w14:textId="5B4424E6" w:rsidR="00EF1956" w:rsidRPr="00376BE8" w:rsidRDefault="00EF1956" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Comparison with Synthetic Antibiotics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CF27F5" w14:textId="2B5E9DFB" w:rsidR="00A33B32" w:rsidRPr="00A33B32" w:rsidRDefault="00A33B32" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">The utilization of plant-based derivatives is a longstanding </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">therapeutic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">concept </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">used to be a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>common healthcare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> remedy in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>many</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> developing countries</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> where access to contemporary healthcare is limited.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Moreover, the documented use of these medicin</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> plants in treating various health conditions, specifically oral and periodontal diseases, is noteworthy</w:t>
+      </w:r>
+      <w:r w:rsidR="00582A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00582A5C" w:rsidRPr="00582A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. The diverse array of anti-inflammatory, antioxidant, antibacterial and other properties associated with herbal treatment suggests their potential as an alternative that offer stability, safety, and bioactive effects in lieu of synthetic medications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>The use of commercial antibiotics including Augmentin and Metronidazole</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> over several</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">decades has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">resulted in increased </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60128" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">bacterial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">resistance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Naqid&lt;/Author&gt;&lt;Year&gt;2020&lt;/Year&gt;&lt;RecNum&gt;34&lt;/RecNum&gt;&lt;DisplayText&gt;(25)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;34&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703440644"&gt;34&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Naqid, Ibrahim Abdulqader&lt;/author&gt;&lt;author&gt;Balatay, Amer A&lt;/author&gt;&lt;author&gt;Hussein, Nawfal Rasheed&lt;/author&gt;&lt;author&gt;Ahmed, Hiba Abdulaziz&lt;/author&gt;&lt;author&gt;Saeed, Kurdistan Abdullah&lt;/author&gt;&lt;author&gt;Abdi, Sanya Ali&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Bacterial strains and antimicrobial susceptibility patterns in male urinary tract infections in Duhok province, Iraq&lt;/title&gt;&lt;secondary-title&gt;Middle East Journal of Rehabilitation and Health Studies&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Middle East Journal of Rehabilitation and Health Studies&lt;/full-title&gt;&lt;/periodical&gt;&lt;volume&gt;7&lt;/volume&gt;&lt;number&gt;3&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2020&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;2423-4451&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. Augmentin and Metronidazole are commonly used </w:t>
+      </w:r>
+      <w:r w:rsidR="00185EC8" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>as adjunctive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> treatment of periodontal diseases</w:t>
+      </w:r>
+      <w:r w:rsidR="00185EC8" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00457BB4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r w:rsidR="00185EC8" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinical categories such as generalized periodontitis Stage III in young adults </w:t>
+      </w:r>
+      <w:r w:rsidR="00185EC8" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD368A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00185EC8" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. Due to the side effects and emerging of bacterial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> resistance towards antibiotics, it would be helpful to use alternative herbal medicinal approach to treat periodontal disease. While numerous </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>in vitro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>in vivo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> studies have explored the application of Mo extracts against both primary and secondary colonizers, scarcity of data concerning the antibacterial influences of these plant extracts</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95E84" w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>particular</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> against anaerobic </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>bacteria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> is established. Therefore, the objective of this research was to evaluate the antibacterial effects of Mo ethanolic leaves compared to Augmentin and Metronidazole against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5F22">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009031B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">here were no reported sensitivity reactions of Augmentin and Metronidazole against all clinically isolated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">P. gingivalis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">strains which </w:t>
+      </w:r>
+      <w:r w:rsidR="007117D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">was </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">agreed with </w:t>
+      </w:r>
+      <w:r w:rsidR="00025A85">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">previous </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Al-Deen&lt;/Author&gt;&lt;Year&gt;2021&lt;/Year&gt;&lt;RecNum&gt;37&lt;/RecNum&gt;&lt;DisplayText&gt;(26)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;37&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703450633"&gt;37&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Al-Deen, Husian Shogaa&lt;/author&gt;&lt;author&gt;Al-Ankoshy, Azhar Azher Mohammed&lt;/author&gt;&lt;author&gt;Al-Najhi, MMA&lt;/author&gt;&lt;author&gt;Al-Kabsia, TA&lt;/author&gt;&lt;author&gt;AL-Haddad, Khaled A&lt;/author&gt;&lt;author&gt;Al-Akwa, Ameen Abdullah Yahya&lt;/author&gt;&lt;author&gt;Al-Shamahy, Hassan Abdulwahab&lt;/author&gt;&lt;author&gt;Al-labani, Mohammed A&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Porphyromonas gingivalis: Biofilm formation, antimicrobial susceptibility of isolates from cases of Localized Aggressive Periodontitis (LAP)&lt;/title&gt;&lt;secondary-title&gt;Universal J Pharmaceutical Res&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Universal J Pharmaceutical Res&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;1-7&lt;/pages&gt;&lt;volume&gt;6&lt;/volume&gt;&lt;number&gt;4&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2021&lt;/year&gt;&lt;/dates&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A04369">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> In this context, it is crucial to highlight that recent findings indicate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> has the capability to transfer plasmid DNA, chromosomal DNA, or a combination of both. This capability could potentially serve as a functional system for the transfer of resistance determinants as well</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Tribble&lt;/Author&gt;&lt;Year&gt;2007&lt;/Year&gt;&lt;RecNum&gt;36&lt;/RecNum&gt;&lt;DisplayText&gt;(28)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;36&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="v5s0tzapa9r2fle0x23pp52lzewrrzpzrxxs" timestamp="1703446149"&gt;36&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Tribble, Gena D&lt;/author&gt;&lt;author&gt;Lamont, Gwyneth J&lt;/author&gt;&lt;author&gt;Progulske-Fox, Ann&lt;/author&gt;&lt;author&gt;Lamont, Richard J&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Conjugal transfer of chromosomal DNA contributes to genetic variation in the oral pathogen Porphyromonas gingivalis&lt;/title&gt;&lt;secondary-title&gt;Journal of bacteriology&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Journal of bacteriology&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;6382-6388&lt;/pages&gt;&lt;volume&gt;189&lt;/volume&gt;&lt;number&gt;17&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2007&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0021-9193&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004962C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003A38F7" w:rsidRPr="003A38F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44061E27" w14:textId="3749019C" w:rsidR="00EF1956" w:rsidRPr="00EF1956" w:rsidRDefault="00EF1956" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1956">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Role of Phytochemicals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0E1295" w14:textId="2F4F8958" w:rsidR="00EF1956" w:rsidRDefault="00A33B32" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">MIC values of Mo ethanolic leaves extracts against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> were determined through optical density (OD) measurements using serial macro dilutions. In the current study, it was observed that ethanolic Mo leaves extract exhibited antibacterial effects at an MIC of 0.78 mg/ml and MBC at 1.55 mg/ml. Moreover, Mo leaves have demonstrated increased components of Trans-11-octadecenoic acid, Oleic Acid (18.15), and 1H,3H-Quinoline-2,5-dione, 1-4-fluorophenyl (16.28%) as showed in Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. Each of these components has been shown to exert anti-bacterial effects against </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> in vitro</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:fldData xml:space="preserve">PEVuZE5vdGU+PENpdGU+PEF1dGhvcj5TaGFwaXJvPC9BdXRob3I+PFllYXI+MTk5NjwvWWVhcj48
+UmVjTnVtPjQ1PC9SZWNOdW0+PERpc3BsYXlUZXh0PigyOS0zMSk8L0Rpc3BsYXlUZXh0PjxyZWNv
+cmQ+PHJlYy1udW1iZXI+NDU8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4i
+IGRiLWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0i
+MTYzNjcyNTA5OSI+NDU8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5h
+bCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPlNo
+YXBpcm8sIFMuPC9hdXRob3I+PC9hdXRob3JzPjwvY29udHJpYnV0b3JzPjx0aXRsZXM+PHRpdGxl
+PlRoZSBpbmhpYml0b3J5IGFjdGlvbiBvZiBmYXR0eSBhY2lkcyBvbiBvcmFsIGJhY3RlcmlhPC90
+aXRsZT48c2Vjb25kYXJ5LXRpdGxlPk9yYWwgTWljcm9iaW9sb2d5IGFuZCBJbW11bm9sb2d5PC9z
+ZWNvbmRhcnktdGl0bGU+PC90aXRsZXM+PHBlcmlvZGljYWw+PGZ1bGwtdGl0bGU+T3JhbCBNaWNy
+b2Jpb2xvZ3kgYW5kIEltbXVub2xvZ3k8L2Z1bGwtdGl0bGU+PC9wZXJpb2RpY2FsPjxwYWdlcz4z
+NTAtMzU1PC9wYWdlcz48dm9sdW1lPjExPC92b2x1bWU+PG51bWJlcj41PC9udW1iZXI+PGtleXdv
+cmRzPjxrZXl3b3JkPmFtaW5vIGFjaWQgdXB0YWtlPC9rZXl3b3JkPjxrZXl3b3JkPmZhdHR5IGFj
+aWQ8L2tleXdvcmQ+PGtleXdvcmQ+ZmF0dHkgYWNpZCBlc3Rlcjwva2V5d29yZD48a2V5d29yZD5t
+aW5pbWFsIGJhY3RlcmljaWRhbCBjb25jZW50cmF0aW9uPC9rZXl3b3JkPjxrZXl3b3JkPm1pbmlt
+YWwgaW5oaWJpdG9yeSBjb25jZW50cmF0aW9uPC9rZXl3b3JkPjxrZXl3b3JkPm9yYWwgYW5hZXJv
+YmU8L2tleXdvcmQ+PGtleXdvcmQ+c3RydWN0dXJlLWFjdGl2aXR5IHJlbGF0aW9uc2hpcDwva2V5
+d29yZD48L2tleXdvcmRzPjxkYXRlcz48eWVhcj4xOTk2PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+
+MTk5Ni8xMC8wMTwvZGF0ZT48L3B1Yi1kYXRlcz48L2RhdGVzPjxwdWJsaXNoZXI+Sm9obiBXaWxl
+eSAmYW1wOyBTb25zLCBMdGQ8L3B1Ymxpc2hlcj48aXNibj4wOTAyLTAwNTU8L2lzYm4+PHdvcmst
+dHlwZT5odHRwczovL2RvaS5vcmcvMTAuMTExMS9qLjEzOTktMzAyWC4xOTk2LnRiMDAxOTMueDwv
+d29yay10eXBlPjx1cmxzPjxyZWxhdGVkLXVybHM+PHVybD5odHRwczovL2RvaS5vcmcvMTAuMTEx
+MS9qLjEzOTktMzAyWC4xOTk2LnRiMDAxOTMueDwvdXJsPjwvcmVsYXRlZC11cmxzPjwvdXJscz48
+ZWxlY3Ryb25pYy1yZXNvdXJjZS1udW0+aHR0cHM6Ly9kb2kub3JnLzEwLjExMTEvai4xMzk5LTMw
+MlguMTk5Ni50YjAwMTkzLng8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjxhY2Nlc3MtZGF0ZT4y
+MDIxLzExLzEyPC9hY2Nlc3MtZGF0ZT48L3JlY29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5TdWxp
+amF5YTwvQXV0aG9yPjxZZWFyPjIwMTk8L1llYXI+PFJlY051bT40NjwvUmVjTnVtPjxyZWNvcmQ+
+PHJlYy1udW1iZXI+NDY8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRi
+LWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0iMTYz
+NjcyNTEzMSI+NDY8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBB
+cnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPlN1bGlq
+YXlhLCBCZW5zbzwvYXV0aG9yPjxhdXRob3I+WWFtYWRhLUhhcmEsIE1pa2k8L2F1dGhvcj48YXV0
+aG9yPllva29qaS1UYWtldWNoaSwgTWFpPC9hdXRob3I+PGF1dGhvcj5NYXRzdWRhLU1hdHN1a2F3
+YSwgWXVtaTwvYXV0aG9yPjxhdXRob3I+WWFtYXpha2ksIEt5b2tvPC9hdXRob3I+PGF1dGhvcj5N
+YXRzdWdpc2hpLCBBb2k8L2F1dGhvcj48YXV0aG9yPlRzdXp1bm8sIFRha2FoaXJvPC9hdXRob3I+
+PGF1dGhvcj5TYXRvLCBLZWlzdWtlPC9hdXRob3I+PGF1dGhvcj5Bb2tpLU5vbmFrYSwgWXVrYXJp
+PC9hdXRob3I+PGF1dGhvcj5UYWthaGFzaGksIE5hb2tpPC9hdXRob3I+PGF1dGhvcj5LaXNoaW5v
+LCBTaGlnZW5vYnU8L2F1dGhvcj48YXV0aG9yPk9nYXdhLCBKdW48L2F1dGhvcj48YXV0aG9yPlRh
+YmV0YSwgS29pY2hpPC9hdXRob3I+PGF1dGhvcj5ZYW1hemFraSwgS2F6dWhpc2E8L2F1dGhvcj48
+L2F1dGhvcnM+PC9jb250cmlidXRvcnM+PHRpdGxlcz48dGl0bGU+QW50aW1pY3JvYmlhbCBmdW5j
+dGlvbiBvZiB0aGUgcG9seXVuc2F0dXJhdGVkIGZhdHR5IGFjaWQgS2V0b0MgaW4gYW4gZXhwZXJp
+bWVudGFsIG1vZGVsIG9mIHBlcmlvZG9udGl0aXM8L3RpdGxlPjxzZWNvbmRhcnktdGl0bGU+Sm91
+cm5hbCBvZiBQZXJpb2RvbnRvbG9neTwvc2Vjb25kYXJ5LXRpdGxlPjwvdGl0bGVzPjxwZXJpb2Rp
+Y2FsPjxmdWxsLXRpdGxlPkpvdXJuYWwgb2YgcGVyaW9kb250b2xvZ3k8L2Z1bGwtdGl0bGU+PC9w
+ZXJpb2RpY2FsPjxwYWdlcz4xNDcwLTE0ODA8L3BhZ2VzPjx2b2x1bWU+OTA8L3ZvbHVtZT48bnVt
+YmVyPjEyPC9udW1iZXI+PGtleXdvcmRzPjxrZXl3b3JkPmFudGltaWNyb2JpYWw8L2tleXdvcmQ+
+PGtleXdvcmQ+ZmF0dHkgYWNpZDwva2V5d29yZD48a2V5d29yZD5wZXJpb2RvbnRpdGlzPC9rZXl3
+b3JkPjxrZXl3b3JkPlBvcnBoeXJvbW9uYXMgZ2luZ2l2YWxpczwva2V5d29yZD48L2tleXdvcmRz
+PjxkYXRlcz48eWVhcj4yMDE5PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+MjAxOS8xMi8wMTwvZGF0
+ZT48L3B1Yi1kYXRlcz48L2RhdGVzPjxwdWJsaXNoZXI+Sm9obiBXaWxleSAmYW1wOyBTb25zLCBM
+dGQ8L3B1Ymxpc2hlcj48aXNibj4wMDIyLTM0OTI8L2lzYm4+PHdvcmstdHlwZT5odHRwczovL2Rv
+aS5vcmcvMTAuMTAwMi9KUEVSLjE5LTAxMzA8L3dvcmstdHlwZT48dXJscz48cmVsYXRlZC11cmxz
+Pjx1cmw+aHR0cHM6Ly9kb2kub3JnLzEwLjEwMDIvSlBFUi4xOS0wMTMwPC91cmw+PC9yZWxhdGVk
+LXVybHM+PC91cmxzPjxlbGVjdHJvbmljLXJlc291cmNlLW51bT5odHRwczovL2RvaS5vcmcvMTAu
+MTAwMi9KUEVSLjE5LTAxMzA8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjxhY2Nlc3MtZGF0ZT4y
+MDIxLzExLzEyPC9hY2Nlc3MtZGF0ZT48L3JlY29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5BdHRh
+bGxhaDwvQXV0aG9yPjxZZWFyPjIwMjE8L1llYXI+PFJlY051bT40NzwvUmVjTnVtPjxyZWNvcmQ+
+PHJlYy1udW1iZXI+NDc8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRi
+LWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0iMTYz
+NjcyNTE3MSI+NDc8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBB
+cnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkF0dGFs
+bGFoLCBOYXNod2FoIEcuIE0uPC9hdXRob3I+PGF1dGhvcj5OZWdtLCBXYWxhYSBBLjwvYXV0aG9y
+PjxhdXRob3I+RWxla2huYXd5LCBFbmd5PC9hdXRob3I+PGF1dGhvcj5BbHR3YWlqcnksIE5hamxh
+PC9hdXRob3I+PGF1dGhvcj5FbG1vbmd5LCBFbHNoYXltYWEgSS48L2F1dGhvcj48YXV0aG9yPkVs
+LU1hc3J5LCBUaGFuYWEgQS48L2F1dGhvcj48YXV0aG9yPkFsdHVya2ksIEVtYW4gQS48L2F1dGhv
+cj48YXV0aG9yPllvdXNlZiwgRG9hYSBBLjwvYXV0aG9yPjxhdXRob3I+WS4gU2hvdWtoZWJhLCBN
+YWxhazwvYXV0aG9yPjwvYXV0aG9ycz48L2NvbnRyaWJ1dG9ycz48dGl0bGVzPjx0aXRsZT5BbnRp
+YmFjdGVyaWFsIEFjdGl2aXR5IG9mIEJvc3dlbGxpYSBzYWNyYSBGbHVlY2suIE9sZW9yZXNpbiBF
+eHRyYWN0IGFnYWluc3QgUG9ycGh5cm9tb25hcyBnaW5naXZhbGlzIFBlcmlvZG9udGFsIFBhdGhv
+Z2VuPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPkFudGliaW90aWNzPC9zZWNvbmRhcnktdGl0bGU+
+PC90aXRsZXM+PHBlcmlvZGljYWw+PGZ1bGwtdGl0bGU+QW50aWJpb3RpY3M8L2Z1bGwtdGl0bGU+
+PC9wZXJpb2RpY2FsPjx2b2x1bWU+MTA8L3ZvbHVtZT48bnVtYmVyPjc8L251bWJlcj48a2V5d29y
+ZHM+PGtleXdvcmQ+YmlvZmlsbTwva2V5d29yZD48a2V5d29yZD5jaHJvbmljIHBlcmlvZG9udGl0
+aXM8L2tleXdvcmQ+PGtleXdvcmQ+ZXh0cmFjZWxsdWxhciBwb2x5c2FjY2hhcmlkZXM8L2tleXdv
+cmQ+PGtleXdvcmQ+R0MtTVM8L2tleXdvcmQ+PGtleXdvcmQ+cVJULVBDUjwva2V5d29yZD48a2V5
+d29yZD5zY2FubmluZyBlbGVjdHJvbiBtaWNyb3Njb3BlPC9rZXl3b3JkPjwva2V5d29yZHM+PGRh
+dGVzPjx5ZWFyPjIwMjE8L3llYXI+PC9kYXRlcz48aXNibj4yMDc5LTYzODI8L2lzYm4+PHVybHM+
+PC91cmxzPjxlbGVjdHJvbmljLXJlc291cmNlLW51bT4xMC4zMzkwL2FudGliaW90aWNzMTAwNzA4
+NTk8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjwvcmVjb3JkPjwvQ2l0ZT48L0VuZE5vdGU+
+</w:fldData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:fldData xml:space="preserve">PEVuZE5vdGU+PENpdGU+PEF1dGhvcj5TaGFwaXJvPC9BdXRob3I+PFllYXI+MTk5NjwvWWVhcj48
+UmVjTnVtPjQ1PC9SZWNOdW0+PERpc3BsYXlUZXh0PigyOS0zMSk8L0Rpc3BsYXlUZXh0PjxyZWNv
+cmQ+PHJlYy1udW1iZXI+NDU8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4i
+IGRiLWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0i
+MTYzNjcyNTA5OSI+NDU8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5h
+bCBBcnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPlNo
+YXBpcm8sIFMuPC9hdXRob3I+PC9hdXRob3JzPjwvY29udHJpYnV0b3JzPjx0aXRsZXM+PHRpdGxl
+PlRoZSBpbmhpYml0b3J5IGFjdGlvbiBvZiBmYXR0eSBhY2lkcyBvbiBvcmFsIGJhY3RlcmlhPC90
+aXRsZT48c2Vjb25kYXJ5LXRpdGxlPk9yYWwgTWljcm9iaW9sb2d5IGFuZCBJbW11bm9sb2d5PC9z
+ZWNvbmRhcnktdGl0bGU+PC90aXRsZXM+PHBlcmlvZGljYWw+PGZ1bGwtdGl0bGU+T3JhbCBNaWNy
+b2Jpb2xvZ3kgYW5kIEltbXVub2xvZ3k8L2Z1bGwtdGl0bGU+PC9wZXJpb2RpY2FsPjxwYWdlcz4z
+NTAtMzU1PC9wYWdlcz48dm9sdW1lPjExPC92b2x1bWU+PG51bWJlcj41PC9udW1iZXI+PGtleXdv
+cmRzPjxrZXl3b3JkPmFtaW5vIGFjaWQgdXB0YWtlPC9rZXl3b3JkPjxrZXl3b3JkPmZhdHR5IGFj
+aWQ8L2tleXdvcmQ+PGtleXdvcmQ+ZmF0dHkgYWNpZCBlc3Rlcjwva2V5d29yZD48a2V5d29yZD5t
+aW5pbWFsIGJhY3RlcmljaWRhbCBjb25jZW50cmF0aW9uPC9rZXl3b3JkPjxrZXl3b3JkPm1pbmlt
+YWwgaW5oaWJpdG9yeSBjb25jZW50cmF0aW9uPC9rZXl3b3JkPjxrZXl3b3JkPm9yYWwgYW5hZXJv
+YmU8L2tleXdvcmQ+PGtleXdvcmQ+c3RydWN0dXJlLWFjdGl2aXR5IHJlbGF0aW9uc2hpcDwva2V5
+d29yZD48L2tleXdvcmRzPjxkYXRlcz48eWVhcj4xOTk2PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+
+MTk5Ni8xMC8wMTwvZGF0ZT48L3B1Yi1kYXRlcz48L2RhdGVzPjxwdWJsaXNoZXI+Sm9obiBXaWxl
+eSAmYW1wOyBTb25zLCBMdGQ8L3B1Ymxpc2hlcj48aXNibj4wOTAyLTAwNTU8L2lzYm4+PHdvcmst
+dHlwZT5odHRwczovL2RvaS5vcmcvMTAuMTExMS9qLjEzOTktMzAyWC4xOTk2LnRiMDAxOTMueDwv
+d29yay10eXBlPjx1cmxzPjxyZWxhdGVkLXVybHM+PHVybD5odHRwczovL2RvaS5vcmcvMTAuMTEx
+MS9qLjEzOTktMzAyWC4xOTk2LnRiMDAxOTMueDwvdXJsPjwvcmVsYXRlZC11cmxzPjwvdXJscz48
+ZWxlY3Ryb25pYy1yZXNvdXJjZS1udW0+aHR0cHM6Ly9kb2kub3JnLzEwLjExMTEvai4xMzk5LTMw
+MlguMTk5Ni50YjAwMTkzLng8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjxhY2Nlc3MtZGF0ZT4y
+MDIxLzExLzEyPC9hY2Nlc3MtZGF0ZT48L3JlY29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5TdWxp
+amF5YTwvQXV0aG9yPjxZZWFyPjIwMTk8L1llYXI+PFJlY051bT40NjwvUmVjTnVtPjxyZWNvcmQ+
+PHJlYy1udW1iZXI+NDY8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRi
+LWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0iMTYz
+NjcyNTEzMSI+NDY8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBB
+cnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPlN1bGlq
+YXlhLCBCZW5zbzwvYXV0aG9yPjxhdXRob3I+WWFtYWRhLUhhcmEsIE1pa2k8L2F1dGhvcj48YXV0
+aG9yPllva29qaS1UYWtldWNoaSwgTWFpPC9hdXRob3I+PGF1dGhvcj5NYXRzdWRhLU1hdHN1a2F3
+YSwgWXVtaTwvYXV0aG9yPjxhdXRob3I+WWFtYXpha2ksIEt5b2tvPC9hdXRob3I+PGF1dGhvcj5N
+YXRzdWdpc2hpLCBBb2k8L2F1dGhvcj48YXV0aG9yPlRzdXp1bm8sIFRha2FoaXJvPC9hdXRob3I+
+PGF1dGhvcj5TYXRvLCBLZWlzdWtlPC9hdXRob3I+PGF1dGhvcj5Bb2tpLU5vbmFrYSwgWXVrYXJp
+PC9hdXRob3I+PGF1dGhvcj5UYWthaGFzaGksIE5hb2tpPC9hdXRob3I+PGF1dGhvcj5LaXNoaW5v
+LCBTaGlnZW5vYnU8L2F1dGhvcj48YXV0aG9yPk9nYXdhLCBKdW48L2F1dGhvcj48YXV0aG9yPlRh
+YmV0YSwgS29pY2hpPC9hdXRob3I+PGF1dGhvcj5ZYW1hemFraSwgS2F6dWhpc2E8L2F1dGhvcj48
+L2F1dGhvcnM+PC9jb250cmlidXRvcnM+PHRpdGxlcz48dGl0bGU+QW50aW1pY3JvYmlhbCBmdW5j
+dGlvbiBvZiB0aGUgcG9seXVuc2F0dXJhdGVkIGZhdHR5IGFjaWQgS2V0b0MgaW4gYW4gZXhwZXJp
+bWVudGFsIG1vZGVsIG9mIHBlcmlvZG9udGl0aXM8L3RpdGxlPjxzZWNvbmRhcnktdGl0bGU+Sm91
+cm5hbCBvZiBQZXJpb2RvbnRvbG9neTwvc2Vjb25kYXJ5LXRpdGxlPjwvdGl0bGVzPjxwZXJpb2Rp
+Y2FsPjxmdWxsLXRpdGxlPkpvdXJuYWwgb2YgcGVyaW9kb250b2xvZ3k8L2Z1bGwtdGl0bGU+PC9w
+ZXJpb2RpY2FsPjxwYWdlcz4xNDcwLTE0ODA8L3BhZ2VzPjx2b2x1bWU+OTA8L3ZvbHVtZT48bnVt
+YmVyPjEyPC9udW1iZXI+PGtleXdvcmRzPjxrZXl3b3JkPmFudGltaWNyb2JpYWw8L2tleXdvcmQ+
+PGtleXdvcmQ+ZmF0dHkgYWNpZDwva2V5d29yZD48a2V5d29yZD5wZXJpb2RvbnRpdGlzPC9rZXl3
+b3JkPjxrZXl3b3JkPlBvcnBoeXJvbW9uYXMgZ2luZ2l2YWxpczwva2V5d29yZD48L2tleXdvcmRz
+PjxkYXRlcz48eWVhcj4yMDE5PC95ZWFyPjxwdWItZGF0ZXM+PGRhdGU+MjAxOS8xMi8wMTwvZGF0
+ZT48L3B1Yi1kYXRlcz48L2RhdGVzPjxwdWJsaXNoZXI+Sm9obiBXaWxleSAmYW1wOyBTb25zLCBM
+dGQ8L3B1Ymxpc2hlcj48aXNibj4wMDIyLTM0OTI8L2lzYm4+PHdvcmstdHlwZT5odHRwczovL2Rv
+aS5vcmcvMTAuMTAwMi9KUEVSLjE5LTAxMzA8L3dvcmstdHlwZT48dXJscz48cmVsYXRlZC11cmxz
+Pjx1cmw+aHR0cHM6Ly9kb2kub3JnLzEwLjEwMDIvSlBFUi4xOS0wMTMwPC91cmw+PC9yZWxhdGVk
+LXVybHM+PC91cmxzPjxlbGVjdHJvbmljLXJlc291cmNlLW51bT5odHRwczovL2RvaS5vcmcvMTAu
+MTAwMi9KUEVSLjE5LTAxMzA8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjxhY2Nlc3MtZGF0ZT4y
+MDIxLzExLzEyPC9hY2Nlc3MtZGF0ZT48L3JlY29yZD48L0NpdGU+PENpdGU+PEF1dGhvcj5BdHRh
+bGxhaDwvQXV0aG9yPjxZZWFyPjIwMjE8L1llYXI+PFJlY051bT40NzwvUmVjTnVtPjxyZWNvcmQ+
+PHJlYy1udW1iZXI+NDc8L3JlYy1udW1iZXI+PGZvcmVpZ24ta2V5cz48a2V5IGFwcD0iRU4iIGRi
+LWlkPSJ6c3pydmVleGpzZjAybmVkZHRteGRhYWJ0cGRydzJ4cDV6d3AiIHRpbWVzdGFtcD0iMTYz
+NjcyNTE3MSI+NDc8L2tleT48L2ZvcmVpZ24ta2V5cz48cmVmLXR5cGUgbmFtZT0iSm91cm5hbCBB
+cnRpY2xlIj4xNzwvcmVmLXR5cGU+PGNvbnRyaWJ1dG9ycz48YXV0aG9ycz48YXV0aG9yPkF0dGFs
+bGFoLCBOYXNod2FoIEcuIE0uPC9hdXRob3I+PGF1dGhvcj5OZWdtLCBXYWxhYSBBLjwvYXV0aG9y
+PjxhdXRob3I+RWxla2huYXd5LCBFbmd5PC9hdXRob3I+PGF1dGhvcj5BbHR3YWlqcnksIE5hamxh
+PC9hdXRob3I+PGF1dGhvcj5FbG1vbmd5LCBFbHNoYXltYWEgSS48L2F1dGhvcj48YXV0aG9yPkVs
+LU1hc3J5LCBUaGFuYWEgQS48L2F1dGhvcj48YXV0aG9yPkFsdHVya2ksIEVtYW4gQS48L2F1dGhv
+cj48YXV0aG9yPllvdXNlZiwgRG9hYSBBLjwvYXV0aG9yPjxhdXRob3I+WS4gU2hvdWtoZWJhLCBN
+YWxhazwvYXV0aG9yPjwvYXV0aG9ycz48L2NvbnRyaWJ1dG9ycz48dGl0bGVzPjx0aXRsZT5BbnRp
+YmFjdGVyaWFsIEFjdGl2aXR5IG9mIEJvc3dlbGxpYSBzYWNyYSBGbHVlY2suIE9sZW9yZXNpbiBF
+eHRyYWN0IGFnYWluc3QgUG9ycGh5cm9tb25hcyBnaW5naXZhbGlzIFBlcmlvZG9udGFsIFBhdGhv
+Z2VuPC90aXRsZT48c2Vjb25kYXJ5LXRpdGxlPkFudGliaW90aWNzPC9zZWNvbmRhcnktdGl0bGU+
+PC90aXRsZXM+PHBlcmlvZGljYWw+PGZ1bGwtdGl0bGU+QW50aWJpb3RpY3M8L2Z1bGwtdGl0bGU+
+PC9wZXJpb2RpY2FsPjx2b2x1bWU+MTA8L3ZvbHVtZT48bnVtYmVyPjc8L251bWJlcj48a2V5d29y
+ZHM+PGtleXdvcmQ+YmlvZmlsbTwva2V5d29yZD48a2V5d29yZD5jaHJvbmljIHBlcmlvZG9udGl0
+aXM8L2tleXdvcmQ+PGtleXdvcmQ+ZXh0cmFjZWxsdWxhciBwb2x5c2FjY2hhcmlkZXM8L2tleXdv
+cmQ+PGtleXdvcmQ+R0MtTVM8L2tleXdvcmQ+PGtleXdvcmQ+cVJULVBDUjwva2V5d29yZD48a2V5
+d29yZD5zY2FubmluZyBlbGVjdHJvbiBtaWNyb3Njb3BlPC9rZXl3b3JkPjwva2V5d29yZHM+PGRh
+dGVzPjx5ZWFyPjIwMjE8L3llYXI+PC9kYXRlcz48aXNibj4yMDc5LTYzODI8L2lzYm4+PHVybHM+
+PC91cmxzPjxlbGVjdHJvbmljLXJlc291cmNlLW51bT4xMC4zMzkwL2FudGliaW90aWNzMTAwNzA4
+NTk8L2VsZWN0cm9uaWMtcmVzb3VyY2UtbnVtPjwvcmVjb3JkPjwvQ2l0ZT48L0VuZE5vdGU+
+</w:fldData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE.DATA </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004962C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. The observed antibacterial effect can be attributed to the influence of phenolic ingredients and fatty acids, particularly oleic acid effect. These components have shown to induce alterations in phospholipid composition, causing destruction of the cell membrane, and ultimately leading to cell lysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Fischer&lt;/Author&gt;&lt;Year&gt;2013&lt;/Year&gt;&lt;RecNum&gt;351&lt;/RecNum&gt;&lt;DisplayText&gt;(32)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;351&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="x2w090ve4vrra4e92fn5w29xrfvxa0sz2xsd" timestamp="1632412829"&gt;351&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Fischer, Carol L&lt;/author&gt;&lt;author&gt;Walters, Katherine S&lt;/author&gt;&lt;author&gt;Drake, David R&lt;/author&gt;&lt;author&gt;Dawson, Deborah V&lt;/author&gt;&lt;author&gt;Blanchette, Derek R&lt;/author&gt;&lt;author&gt;Brogden, Kim A&lt;/author&gt;&lt;author&gt;Wertz, Philip W&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Oral mucosal lipids are antibacterial against Porphyromonas gingivalis, induce ultrastructural damage, and alter bacterial lipid and protein compositions&lt;/title&gt;&lt;secondary-title&gt;International journal of oral science&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;International journal of oral science&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;130-140&lt;/pages&gt;&lt;volume&gt;5&lt;/volume&gt;&lt;number&gt;3&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2013&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;2049-3169&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00704B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Furthermore, it was discovered that oleic acid inhibits the synthesis of hemagglutinin, which may limit the adherence ability and subsequent colonization of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the target site</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> ADDIN EN.CITE &lt;EndNote&gt;&lt;Cite&gt;&lt;Author&gt;Eltigani&lt;/Author&gt;&lt;Year&gt;2019&lt;/Year&gt;&lt;RecNum&gt;352&lt;/RecNum&gt;&lt;DisplayText&gt;(33)&lt;/DisplayText&gt;&lt;record&gt;&lt;rec-number&gt;352&lt;/rec-number&gt;&lt;foreign-keys&gt;&lt;key app="EN" db-id="x2w090ve4vrra4e92fn5w29xrfvxa0sz2xsd" timestamp="1632413117"&gt;352&lt;/key&gt;&lt;/foreign-keys&gt;&lt;ref-type name="Journal Article"&gt;17&lt;/ref-type&gt;&lt;contributors&gt;&lt;authors&gt;&lt;author&gt;Eltigani, Sara A&lt;/author&gt;&lt;author&gt;Eltayeb, Mohamed M&lt;/author&gt;&lt;author&gt;Ishihara, Atsushi&lt;/author&gt;&lt;author&gt;Arima, Jiro&lt;/author&gt;&lt;/authors&gt;&lt;/contributors&gt;&lt;titles&gt;&lt;title&gt;Isolates from Monechma ciliatum seeds&amp;apos; extract hampered Porphyromonas gingivalis hemagglutinins&lt;/title&gt;&lt;secondary-title&gt;Journal of food biochemistry&lt;/secondary-title&gt;&lt;/titles&gt;&lt;periodical&gt;&lt;full-title&gt;Journal of food biochemistry&lt;/full-title&gt;&lt;/periodical&gt;&lt;pages&gt;e13029&lt;/pages&gt;&lt;volume&gt;43&lt;/volume&gt;&lt;number&gt;11&lt;/number&gt;&lt;dates&gt;&lt;year&gt;2019&lt;/year&gt;&lt;/dates&gt;&lt;isbn&gt;0145-8884&lt;/isbn&gt;&lt;urls&gt;&lt;/urls&gt;&lt;/record&gt;&lt;/Cite&gt;&lt;/EndNote&gt;</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00704B6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5BFB7A" w14:textId="47745A7D" w:rsidR="00EF1956" w:rsidRPr="00EF1956" w:rsidRDefault="00EF1956" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1956">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Biofilm Inhibition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2759B2" w14:textId="66B92CF2" w:rsidR="002251F3" w:rsidRDefault="000A59FF" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="ar-IQ"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00EF1956">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>polymicrobial consortia</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>merits</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>to live</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>over the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> planktonic state. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Inspite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">the advantages attributed </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>to biofilm formation</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> including</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> bacterial synergism, </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>antibiotic resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">nutrient exchange, </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">neutralizing harmful </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>molecules</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00DD48F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="000A34F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0076417B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00DD48F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Bacterial need for stable and firm colonization in this mode of living remains challenging. This mediated through</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> firm </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>adherence</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>colonizing</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">hard and soft </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">surfaces, </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73919" w:rsidRPr="00E73919">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> teeth and soft tissues.</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accordingly</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">, the biological </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ethanolic</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> extract of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>leaf</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00225F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>investigated</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> by evaluating the anti-biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>the ethanolic</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">L. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>leaf</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> extracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> using </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>tube adhesion method</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">he same tubes following </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">determining the </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">MIC of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> extracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> were used</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">ighest anti-biofilm </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">activity </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">was observed with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">MBC tube value </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1.55</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> mg/ml, score=1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1.11±0.33</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">) followed by </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>MIC tube value</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>0.78</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> mg/ml, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">very close to </w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>score=1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.33</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>±0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">), while the minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> was related to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7" w:rsidRPr="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E102D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">leaf conc. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>=0.34 mg/ml, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>core=</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>2.33</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>±0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> trend </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> these results </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0AC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> supported by our previous </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE08C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> using Mo leaf aqueous extract although using different extract </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>solvent</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92474" w:rsidRPr="00DD48F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE564E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000D269D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD48F3" w:rsidRPr="00DD48F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> However, these anti-biofilm effects </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> shown to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>be increased</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>decreasing</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> their concentrations</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. This</w:t>
+      </w:r>
+      <w:r w:rsidR="00272456" w:rsidRPr="00272456">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> may </w:t>
+      </w:r>
+      <w:r w:rsidR="006023EB" w:rsidRPr="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>be attributed</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C" w:rsidRPr="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>activity</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C" w:rsidRPr="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the bioactive compounds</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may be attenuated when decreasing their concentrations </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C" w:rsidRPr="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>against bacterial adherence and survival</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>, resulting in changing the whole biofilm formation and vise-versa</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C" w:rsidRPr="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726C98BC" w14:textId="0F5C1773" w:rsidR="00EF1956" w:rsidRPr="00EF1956" w:rsidRDefault="00EF1956" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1956">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Limitations and Future Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3CAB36" w14:textId="035E79FA" w:rsidR="00A33B32" w:rsidRPr="00A33B32" w:rsidRDefault="00A33B32" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="543"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk211020543"/>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">One limitation of this study is that some biologically active components of Mo leaves may not </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>detected by GC-MS analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> This </w:t>
+      </w:r>
+      <w:r w:rsidR="0080508B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>could be brought by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33B32">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> the probable chance of being not detected by the GC-MS itself due to its sensitivity of detection, although they were extracted or no chance to be extracted using the involved solvent. However, using other methods for phytochemical screening in future studies including high-performance liquid chromatography (HPLC) is suggested for detecting ingredients that can’t decompose at high temperatures or subjected to vaporization</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1CA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:bidi="en-US"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="72393EAA" w14:textId="156649DC" w:rsidR="00AD30DC" w:rsidRPr="00060C12" w:rsidRDefault="003F61FD" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD30DC" w:rsidRPr="00060C12">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Conclusion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17024F0E" w14:textId="44FB3E0B" w:rsidR="00AD30DC" w:rsidRPr="005F36B8" w:rsidRDefault="003920BF" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00AF7DCC">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Augmentin and Metronidazole exhibited no sensitivity against </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00EF6F8A">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">P. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, suggesting its resistance against these widely used medications in treating periodontitis. In contrast, Mo leaves ethanolic extract demonstrated a promising antibacterial effect against clinical </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> isolates.</w:t>
+      </w:r>
+      <w:r w:rsidR="00457BB4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> However, further characterizations of Mo leaves such as cytotoxicity</w:t>
+      </w:r>
+      <w:r w:rsidR="001579B9" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> test</w:t>
+      </w:r>
+      <w:r w:rsidR="00457BB4" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> needs to be explored.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> These findings may provide valuable insights for developing herbal medicine-related products as alternatives to </w:t>
+      </w:r>
+      <w:r w:rsidR="003945C1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regional </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DCC" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>antibiotic</w:t>
+      </w:r>
+      <w:r w:rsidR="003945C1" w:rsidRPr="00376BE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> overuse in the treatment of periodontal diseases. In addition, the potential to translate these derivatives in oral care formulations at preclinical and clinical levels would be greatly encouraged.</w:t>
+      </w:r>
+      <w:r w:rsidR="003945C1">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B88CE56" w14:textId="21E06183" w:rsidR="00EF70C7" w:rsidRDefault="00AD30DC" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060C12">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof w:val="0"/>
-[...9 lines deleted...]
-        <w:t>eferences</w:t>
+        </w:rPr>
+        <w:t>Conflict of interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AA2A09" w14:textId="70591FC9" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="0D0000A5" w14:textId="29A8D822" w:rsidR="003F0587" w:rsidRDefault="00BC3CAF" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC3CAF">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>The authors have no conflicts of interest to declare.</w:t>
+      </w:r>
+      <w:r w:rsidR="00411515" w:rsidRPr="00CE2509">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F5BB7D" w14:textId="4916DBED" w:rsidR="00411515" w:rsidRPr="00CE2509" w:rsidRDefault="00411515" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE2509">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Author contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DD2233" w14:textId="4F9390B9" w:rsidR="00411515" w:rsidRDefault="00EE4CF8" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FB</w:t>
+      </w:r>
+      <w:r w:rsidR="0040484C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>study conception and design</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>AFM</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>data collection</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FB</w:t>
+      </w:r>
+      <w:r w:rsidR="0040484C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02368" w:rsidRPr="00F02368">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>AFM</w:t>
+      </w:r>
+      <w:r w:rsidR="006705C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statistical </w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>analysis and interpretation of results</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FB</w:t>
+      </w:r>
+      <w:r w:rsidR="0040484C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02368">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02368" w:rsidRPr="00F02368">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>AFM</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02368" w:rsidRPr="00F02368">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>OHS</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF70C7" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Writing - review &amp; editing. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervision; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FB</w:t>
+      </w:r>
+      <w:r w:rsidR="0040484C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02368" w:rsidRPr="00F02368">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>OHS</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>All authors reviewed the results and approved the final version of the manuscript</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2509" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be published</w:t>
+      </w:r>
+      <w:r w:rsidR="000C10A8" w:rsidRPr="008F50F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567CAEE2" w14:textId="77777777" w:rsidR="0060021B" w:rsidRPr="0060021B" w:rsidRDefault="0060021B" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="543" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D511C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Acknoledgement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D511C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>unding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5314DB4D" w14:textId="42F0C958" w:rsidR="005E3940" w:rsidRPr="00AA7A58" w:rsidRDefault="00CC3469" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC3469">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There was no external support for this study. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F34E3D" w14:textId="7B2F8689" w:rsidR="000B02A4" w:rsidRPr="000B02A4" w:rsidRDefault="000B02A4" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B02A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Informed consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A82EFCC" w14:textId="77777777" w:rsidR="00B30BDB" w:rsidRDefault="000B02A4" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B02A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informed consent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B02A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obtained from all individuals </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or their guardians </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B02A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>included in this study</w:t>
+      </w:r>
+      <w:r w:rsidR="0060021B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C10867" w14:textId="316D55D7" w:rsidR="004910D1" w:rsidRPr="002251F3" w:rsidRDefault="009201F7" w:rsidP="00B272FE">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="709" w:right="543" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cstheme="majorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F02368">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C4A64B" w14:textId="2C48E609" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Claudino</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Hajishengallis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> D, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> G, Lamont RJ. Breaking bad: Manipulation of the host response by Porphyromonas gingivalis. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Traebert</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Eur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> J Immunol. 2014;44(2):328-38. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1186/1472-6831-13-3</w:t>
+          <w:t>https://doi.org/10.1002/eji.201344202</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10989936" w14:textId="0C6CD9D9" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="53837BBB" w14:textId="26035CAA" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Hajishengallis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> G, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Lambris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> JD. Microbial manipulation of receptor crosstalk in innate immunity. Nat Rev Immunol. 2011;11(3):187-200. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.3390/diagnostics12102352</w:t>
+          <w:t>https://doi.org/10.1038/nri2918</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6256F563" w14:textId="45D4E282" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="41F88C2E" w14:textId="493D8E90" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Zhou Q, Leeman SE, Amar S. Signaling mechanisms in the restoration of impaired immune function due to diet-induced obesity. Proc Natl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Acad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sci U S A. 2011; 108(7):2867-72. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.12816/0033214</w:t>
+          <w:t>https://doi.org/10.1073/pnas.1019270108</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487B53F1" w14:textId="35D03D59" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="7557E2CB" w14:textId="3A9C4522" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Moreno Uribe LM, Miller SF. Genetics of the dentofacial variation in human malocclusion. </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Sanz M, Herrera D, Kebschull M, Chapple I, Jepsen S, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthod</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Beglundh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> T, et al. EFP Workshop Participants and Methodological Consultants. Treatment of stage I-III periodontitis-The EFP S3 level clinical practice guideline. J Clin Periodontol. 2020; 47 Suppl 22:4-60. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1111/ocr.12083</w:t>
+          <w:t>https://doi.org/10.1111/jcpe.13290</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564424E9" w14:textId="5AA1D2F9" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="136E5E52" w14:textId="45CF6D6B" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Staudt CB, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Herrera D, van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Kiliaridis</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Winkelhoff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> S. Different skeletal types underlying Class III malocclusion in a random population. Am J </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> AJ, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthod</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Matesanz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> P, Lauwens K, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Dentofac</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Teughels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> W. Europe's contribution to the evaluation of the use of systemic antimicrobials in the treatment of periodontitis. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthop</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2000.2023;00:1-28. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.ajodo.2007.10.061</w:t>
+          <w:t>https://doi.org/10.1111/prd.12492</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B53B2C6" w14:textId="0593CC9B" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="2E396EDF" w14:textId="40CE07E1" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Walker CB. The acquisition of antibiotic resistance in the periodontal microflora. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2000. 1996; 10:79-88. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.26477/jbcd.v34i1.3087</w:t>
+          <w:t>https://doi.org/10.1111/j.1600-0757.1996.tb00069.x</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68705F09" w14:textId="32A388C8" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="3CE83306" w14:textId="36DCEBF4" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Feres M, Retamal-Valdes B, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Fermiano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> D, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Faveri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, Figueiredo LC, Mayer MP, et al. Microbiome changes in young periodontitis patients treated with adjunctive metronidazole and amoxicillin. J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2021;92(4):467-78. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1093/ortho/26.2.103</w:t>
+          <w:t>https://doi.org/10.1002/JPER.20-0128</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE3FF37" w14:textId="16DDC6E5" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="5DF92E30" w14:textId="060EB534" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Thomas RE, Sautter JD, van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Winkelhoff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> AJ. "Emergence of Antibiotic-Resistant Porphyromonas gingivalis in United States Periodontitis Patients" Antibiotics 2023;12(11):1584. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1111/j.1601-6343.2010.01485.x</w:t>
+          <w:t>https://doi.org/10.3390/antibiotics12111584</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709B8430" w14:textId="21607F62" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="213B4689" w14:textId="7D4A4DE6" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...50 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Mitea G, Schröder V, Iancu IM. Bioactive Plant-Derived Compounds as Novel Perspectives in Oral Cancer Alternative Therapy. Pharmaceuticals. 2025;18(8):1098. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.sjbs.2022.103405</w:t>
+          <w:t>https://doi.org/10.3390/ph18081098</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641F02DB" w14:textId="0778E87A" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="70213CE0" w14:textId="69B32441" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...92 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Luepke KH, Suda KJ, Boucher H, Russo RL, Bonney MW, Hunt TD, et al 3rd. Past, Present, and Future of Antibacterial Economics: Increasing Bacterial Resistance, Limited Antibiotic Pipeline, and Societal Implications. Pharmacotherapy. 2017; 37(1):71-84. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1056/NEJMra0905980</w:t>
+          <w:t>https://doi.org/10.1002/phar.1868</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660160A7" w14:textId="6055431C" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="2A69BA50" w14:textId="6E1CF53C" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...92 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Jwa SK. Efficacy of Moringa oleifera Leaf Extracts against Cariogenic Biofilm. Prev Nutr Food Sci. 2019;24(3):308-12. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.3389/fphar.2013.00040</w:t>
+          <w:t>https://doi.org/10.3746/pnf.2019.24.3.308</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106A5357" w14:textId="044CFB8D" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="42938B82" w14:textId="77777777" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Papapanou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> PN, Sanz M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Buduneli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> N, Dietrich T, Feres M, Fine DH, et al. Periodontitis: Consensus report of workgroup 2 of the 2017 World Workshop on the Classification of Periodontal and Peri-Implant Diseases and Conditions. J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>. 2018; 89 Suppl 1:S173-S182.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283180E3" w14:textId="77777777" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Faisal Madhloom A, Bashir Hashim Al-Taweel F, Sha A, Raad Abdulbaqi H. Antimicrobial Effect of Moringa Oleifera L. and Red Pomegranate against Clinically Isolated Porphyromonas gingivalis: in vitro Study. Arch Razi Inst. 2022;77(4):1405-1419.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091D7746" w14:textId="77777777" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Gebhardt N. Fluorescence in Situ Hybridization (fish): Application Guide. Berlin: Springer; 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7968D5" w14:textId="049366EE" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Sakamoto M, Takeuchi Y, Umeda M, Ishikawa I, Benno Y. Rapid detection and quantification of five periodontopathic bacteria by real‐time PCR. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Microbiol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Immunol. 2001;45(1):39-44. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.ajog.2017.12.009</w:t>
+          <w:t>https://doi.org/10.1111/j.1348-0421.2001.tb01272.x</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15568A03" w14:textId="5C6BDC71" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="224A46E1" w14:textId="1DF8F65E" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...21 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Seidel V. Initial and bulk extraction of natural products isolation. In: Sarker SD, Nahar L, editors. Natural Products Isolation. New York: Humana Press; 2012</w:t>
+      </w:r>
+      <w:r w:rsidR="004278EB">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...78 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">27-41. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1002/gepi.20410</w:t>
+          <w:t>https://doi.org/10.1007/978-1-61779-624-1_2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAF8940" w14:textId="02548012" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="122CFC1B" w14:textId="73103855" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...79 lines deleted...]
-        <w:r w:rsidR="00C27A37" w:rsidRPr="002B0888">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorenzo M, Pico Y. Gas chromatography and mass spectroscopy techniques for the detection of chemical contaminants and residues in foods. In Chemical contaminants and residues in food. 2017;15-50. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/0002-9416(53)90082-7</w:t>
+          <w:t>https://doi.org/10.1016/B978-0-08-100674-0.00002-3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E3836B" w14:textId="6C475111" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="35298150" w14:textId="086F707C" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Elleuch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> L, Shaaban M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Smaoui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> S, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Mellouli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> L, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Karray</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">-Rebai I, Fourati-Ben </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Fguira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> L, et al. Bioactive secondary metabolites from a new terrestrial Streptomyces sp. TN262. Appl </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Biochem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidR="00C27A37" w:rsidRPr="002B0888">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Biotechnol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2010;162(2):579-93. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1186/s12903-016-0308-7</w:t>
+          <w:t>https://doi.org/10.1007/s12010-009-8808-4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B75EF25" w14:textId="299C5748" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="3B86A2BE" w14:textId="4331808C" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Saghiri</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Akinduti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> MA, Eid J, Tang CK, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> PA, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Freag</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Emoh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> P. Factors influencing different types of malocclusion and arch form - A review. J </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">-Robinson V, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Stomatol</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Obamoh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...50 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">-Triumphant HF, Obafemi YD, Banjo TT. Antibacterial activities of plant leaf extracts against multi-antibiotic resistant Staphylococcus aureus associated with skin and soft tissue infections. BMC Complement Med Ther. 2022;22(1):47. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.jormas.2020.07.002</w:t>
+          <w:t>https://doi.org/10.1186/s12906-022-03527-y</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF8D63D" w14:textId="1165EFFA" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="31B30ED8" w14:textId="237C3BE2" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Heimer MV, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Kimaro E, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Tornisiello</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Yusto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Katz CR, Rosenblatt A. Non-nutritive sucking habits, dental malocclusions, and facial morphology in Brazilian children: A longitudinal study. Eur J </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> E, Mohamed A, Silago V, Damiano P, Hamasaki K, et al. Quality equivalence and in-vitro antibiotic activity test of different brands of amoxicillin/clavulanic acid tablets in Mwanza, Tanzania: A cross sectional study. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthod</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Heliyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2023;10(1):e23418. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1093/ejo/cjn035</w:t>
+          <w:t>https://doi.org/10.1016/j.heliyon.2023.e23418</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511FF7F9" w14:textId="513ED8A6" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="5F51A41C" w14:textId="369BD41B" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Björk A, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Matuschek E, Copsey-Mawer S, Petersson S, Åhman J, Morris TE, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Skieller</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Kahlmeter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> V. 'Normal and abnormal growth of the mandible. A synthesis of longitudinal cephalometric implant studies over a period of 25 years', Eur J </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. The European committee on antimicrobial susceptibility testing disc diffusion susceptibility testing method for frequently isolated anaerobic bacteria. Clin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthod</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Microbiol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Infect. 2023;29(6):795.e1-795.e7. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1093/ejo/5.1.1</w:t>
+          <w:t>https://doi.org/10.1016/j.cmi.2023.01.027</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8FD7F7" w14:textId="18FA83A2" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="35120A48" w14:textId="2E2F6C57" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...78 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Saquib SA, AlQahtani NA, Ahmad I, Kader MA, Al Shahrani SS, Asiri EA. Evaluation and Comparison of Antibacterial Efficacy of Herbal Extracts in Combination with Antibiotics on Periodontal pathobionts: An in vitro Microbiological Study. Antibiotics (Basel). 2019; 8(3): 89. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1097/SCS.0000000000003287</w:t>
+          <w:t>https://doi.org/10.3390/antibiotics8030089</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620464F0" w14:textId="7432785F" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="72931444" w14:textId="73D74C02" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...106 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Wunsch CM, Lewis JP. Porphyromonas gingivalis as a model organism for assessing interaction of anaerobic Bacteria with host cells. J Vis Exp. 2015(106):e53408. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.archoralbio.2018.09.018</w:t>
+          <w:t>https://doi.org/10.3791/53408</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B349145" w14:textId="0FF5DFD9" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="58D5B2A7" w14:textId="77777777" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Cavalieri S, Harbeck R, McCarter Y, Ortez J, Rankin I, Sautter R, et al. Manual of antimicrobial susceptibility testing. Washington, DC: American Society for Microbiology; 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC968A1" w14:textId="4AC6A669" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> CSG, Miller SF, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Mathur T, Singhal S, Khan S, Upadhyay D, Fatma T, Rattan A. Detection of biofilm formation among the clinical isolates of staphylococci: an evaluation of three different screening methods. Indian J Med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Wehby</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Microbiol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...92 lines deleted...]
-        <w:r w:rsidR="00C27A37" w:rsidRPr="002B0888">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2006;24(1):25-9. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1177/0022034515581643</w:t>
+          <w:t>https://doi.org/10.1016/S0255-0857(21)02466-X</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB84574" w14:textId="0443A99E" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="719C581F" w14:textId="21EADA94" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Teles RP, Haffajee AD, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Socransky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> SS. Microbiological goals of periodontal therapy. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2000. 2006;42(1):180-218. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1055/s-0042-1744371</w:t>
+          <w:t>https://doi.org/10.1111/j.1600-0757.2006.00192.x</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFE933B" w14:textId="57DF47E8" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="4F810DD2" w14:textId="796BA4BF" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Milosevic O, Nikolic N, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Jervøe-Storm PM, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Carkic</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Alahdab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> J, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> H, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Majstorović</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Koltzscher</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> N, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Glisic</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Fimmers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> B, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> R, Jepsen S. Comparison of curet and paper point sampling of subgingival bacteria as analyzed by real-time polymerase chain reaction. J </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Milasin</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Periodontol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...50 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2007 ;78(5):909-17. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.2298/GENSR2202777M</w:t>
+          <w:t>https://doi.org/10.1902/jop.2007.060218</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C7BF7C" w14:textId="56168A27" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="4D1B6350" w14:textId="34B59AEB" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Xiong</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Belibasakis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> GN, Schmidlin PR, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Sahrmann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> P. Molecular microbiological evaluation of subgingival biofilm sampling by paper point and curette. APMIS. 2014 Apr;122(4):347-52. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1097/MD.0000000000007240</w:t>
+          <w:t>https://doi.org/10.1111/apm.12151</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752DCE6E" w14:textId="35DB9678" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="036A85BF" w14:textId="3AF859C3" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Lee JE, Jayakody JTM, Kim JI, Jeong JW, Choi KM, Kim TS, et al. The Influence of Solvent Choice on the Extraction of Bioactive Compounds from Asteraceae: A Comparative Review. Foods. 2024;13(19):3151. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1177/0022034519872951</w:t>
+          <w:t>https://doi.org/10.3390/foods13193151</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34ED0DBC" w14:textId="43FD05E9" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="1382DADB" w14:textId="226A1A6D" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Luo S, Long X, Deng M, Meng Q, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Liga S, Magyari-Pavel IZ, Avram Ș, Minda DI, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Ke</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Vlase</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...50 lines deleted...]
-        <w:r w:rsidR="00C27A37" w:rsidRPr="002B0888">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> AM, Muntean D, et al. Comparative Analysis of Moringa oleifera Lam. Leaves Ethanolic Extracts: Effects of Extraction Methods on Phytochemicals, Antioxidant, Antimicrobial, and In Ovo Profile. Plants (Basel). 2025;14(11):1653. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.ijom.2016.06.010</w:t>
+          <w:t>https://doi.org/10.3390/plants14111653</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C79CD4" w14:textId="3ECCCAF7" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="7BD6712B" w14:textId="5A6C5B97" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Balouiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, Sadiki M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ibnsouda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> SK. Methods for in vitro evaluating antimicrobial activity: A review. J Pharm Anal. 2016;6(2):71-79. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.4081/ejh.2013.e39</w:t>
+          <w:t>https://doi.org/10.1016/j.jpha.2015.11.005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B4FD58" w14:textId="2CA41EA8" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="2EABE38A" w14:textId="77777777" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Clinical and Laboratory Standards Institute (CLSI). Performance Standards for Antimicrobial Susceptibility Testing, 28th ed.; CLSI Supplement M100; Clinical and Laboratory Standards Institute: Wayne, PA, USA, 2018; ISBN1 978-1-68440-066-9. [Print]; ISBN2 978-1-68440-067-6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCCCFFD" w14:textId="109C97A1" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Naqid IA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Balatay</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> AA, Hussein NR, Ahmed HA, Saeed KA, Abdi SA. Bacterial strains and antimicrobial susceptibility patterns in male urinary tract infections in Duhok province, Iraq. Middle East J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Rehabil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Stud. 2020;7(3):e103529. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1371/journal.pone.0045768</w:t>
+          <w:t>https://doi.org/10.5812/mejrh.103529</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287987F7" w14:textId="5DC85012" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="02BE3BB3" w14:textId="193C05E1" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Langer L, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Al-Deen HS, Al-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Sulik</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Ankoshy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> K, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> AAM, Al-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Pevny</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Najhi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, Al-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Kabsia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> T, AL-Haddad KA, Al-Akwa AAY, et al. Porphyromonas gingivalis: Biofilm formation, antimicrobial susceptibility of isolates from cases of Localized Aggressive Periodontitis (LAP). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Univers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> J Pharm Res. 2021;6(4):1-7. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1597/12-260</w:t>
+          <w:t>https://doi.org/10.22270/ujpr.v6i4.633</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76888DFC" w14:textId="48E72B95" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="3B141083" w14:textId="079F3CCA" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...134 lines deleted...]
-        <w:r w:rsidR="00C27A37" w:rsidRPr="002B0888">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Olsen I, Chen T, Tribble GD Genetic exchange and reassignment in Porphyromonas gingivalis. Journal of Oral Microbiology. 2018; 10(1). </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.18632/oncotarget.14109</w:t>
+          <w:t>https://doi.org/10.1080/20002297.2018.1457373</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C8FCC78" w14:textId="67EBF429" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="668400EC" w14:textId="146B9DEB" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Cruz CV, Mattos CT, Maia JC, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Attallah NGM, Negm WA, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Granjeiro</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Elekhnawy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> JM, Reis MF, </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> E, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Musha</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Altwaijry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> JN, et al. Genetic polymorphisms underlying the skeletal Class III phenotype. Am J </w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> N, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...5 lines deleted...]
-        <w:t>Orthod</w:t>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Elmongy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C27A37">
-        <w:rPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...78 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> EI, El-Masry TA, et al. Antibacterial Activity of Boswellia sacra Flueck. Oleoresin Extract against Porphyromonas gingivalis Periodontal Pathogen. Antibiotics (Basel). 2021;10(7):859. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/j.ajodo.2016.09.013</w:t>
+          <w:t>https://doi.org/10.3390/antibiotics10070859</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2223E2A4" w14:textId="050FBE61" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="3B7640C5" w14:textId="7AB965DC" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Fischer CL, Walters KS, Drake DR, Dawson DV, Blanchette DR, Brogden KA, et al. Oral mucosal lipids are antibacterial against Porphyromonas gingivalis, induce ultrastructural damage, and alter bacterial lipid and protein compositions. Int J Oral Sci. 2013;5(3):130-40. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1111/j.1601-0825.2005.01176.x</w:t>
+          <w:t>https://doi.org/10.1038/ijos.2013.28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4416DD" w14:textId="63C2EE63" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="0C5B3443" w14:textId="0A40587A" w:rsidR="00E816E4" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Eltigani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> SA, Eltayeb MM, Ishihara A, Arima J. Isolates from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Monechma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>ciliatum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> seeds' extract hampered Porphyromonas gingivalis hemagglutinins. J Food </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Biochem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2019;43(11):e13029. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.4049/jimmunol.1601667</w:t>
+          <w:t>https://doi.org/10.1111/jfbc.13029</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
+          <w:u w:val="none"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB216F8" w14:textId="7802DC29" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
+    <w:p w14:paraId="0D181780" w14:textId="767D3B7E" w:rsidR="00DD48F3" w:rsidRPr="00E816E4" w:rsidRDefault="00E816E4" w:rsidP="00684F8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="46"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="220" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="547"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...7 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...107 lines deleted...]
-        <w:r w:rsidRPr="00C27A37">
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">Lynch AS, Robertson GT. Bacterial and fungal biofilm infections. Annu Rev Med. 2008;59:415-28. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidRPr="00E816E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial Unicode MS"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
               <w14:noFill/>
               <w14:prstDash w14:val="solid"/>
               <w14:bevel/>
             </w14:textOutline>
           </w:rPr>
-          <w:t>https://doi.org/10.1038/ng.580</w:t>
+          <w:t>https://doi.org/10.1146/annurev.med.59.110106.132000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C27A37">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Arial Unicode MS" w:hint="cs"/>
+      <w:r w:rsidRPr="00E816E4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:u w:val="none"/>
+          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+            <w14:noFill/>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AFFEF5" w14:textId="77777777" w:rsidR="00684F8B" w:rsidRDefault="00684F8B" w:rsidP="0032087E">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="476" w:right="543"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C0C2516" w14:textId="77777777" w:rsidR="00684F8B" w:rsidRDefault="00684F8B" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="476" w:right="543"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47AB2244" w14:textId="67D4DC16" w:rsidR="00B30BDB" w:rsidRPr="00131565" w:rsidRDefault="005119F9" w:rsidP="00684F8B">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="476" w:right="543"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:rtl/>
-          <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
-[...3 lines deleted...]
-          </w14:textOutline>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>تحديد الفعالية المضادة للبكتيريا لحمض الأموكسيسيلين-كلافولانيك (أوغمنتين®) والميترونيدازول والمستخلص الإيثانولي من المورينجا أوليفيرا ل. ضد البكتيريا المعزولة سريريًا. (دراسة</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB35CB" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00473B92" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مختبرية)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A039E3C" w14:textId="6C95E60A" w:rsidR="008F6707" w:rsidRPr="00C27A37" w:rsidRDefault="008F6707" w:rsidP="00C27A37">
-[...655 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+    <w:p w14:paraId="6BA8319C" w14:textId="69FB5708" w:rsidR="008F6707" w:rsidRPr="00131565" w:rsidRDefault="00D36181" w:rsidP="0032087E">
+      <w:pPr>
         <w:bidi/>
-        <w:adjustRightInd w:val="0"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="476" w:right="543"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4AB3">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:hint="cs"/>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
-        <w:t>ة</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman"/>
+        <w:t>فراس بشير هاشم</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4819" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:hint="cs"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424A4E" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
-        <w:t>اية محمد بهيه, مشرق فوزي عبد, الهام الصحافي</w:t>
+        <w:t>الطويل،</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6707" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">علي فيصل </w:t>
+      </w:r>
+      <w:r w:rsidR="00424A4E" w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>مظلوم، عمر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حسن سليمان</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54851A43" w14:textId="4BFAB75B" w:rsidR="007613C2" w:rsidRPr="003F4AB3" w:rsidRDefault="007613C2" w:rsidP="008F6707">
+    <w:p w14:paraId="2961BEF5" w14:textId="21B9C5A2" w:rsidR="00E21628" w:rsidRPr="00131565" w:rsidRDefault="00E21628" w:rsidP="0032087E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:bidi/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="386" w:right="720" w:firstLine="0"/>
+        <w:ind w:left="476" w:right="543" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003F4AB3">
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>المستخلص</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light" w:hint="cs"/>
+        <w:t>مستخل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>ص</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE0369C" w14:textId="73550A94" w:rsidR="0052645F" w:rsidRPr="008F6707" w:rsidRDefault="00CC3469" w:rsidP="008F6707">
+    <w:p w14:paraId="3BE40412" w14:textId="7934E3D1" w:rsidR="00E21628" w:rsidRPr="00131565" w:rsidRDefault="00E21628" w:rsidP="0032087E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:bidi/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="386" w:right="720" w:firstLine="0"/>
+        <w:ind w:left="476" w:right="543" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Times New Roman"/>
+        <w:t>الخلفية: يُستخدم حمض الأموكسيسيلين-كلافولانيك (أوغمنتين®)، وميترونيدازول، ومزيج الأموكسيل/مترو، والأزيثروميسين بشكل شائع كعلاج مساعد لالتهاب دواعم السن. وقد أظهرت مستخلصات أوراق المورينجا أوليفيرا (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>خلفية</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>) قدرتها على تثبيط نمو البكتيريا اللاهوائية الاختيارية، بما في ذلك المتصورة اللثوية، والإشريكية القولونية، والزائفة الزنجارية، والبواسير الشمعية، والسالمونيلا سوني، والمكورات العنقودية الذهبية، والبواسير الرقيقة، والسالمونيلا الصفراء، والسالمونيلا الحالة للدم، والبواسير ميجاتيريوم، بالإضافة إلى تثبيط نمو الأغشية الحيوية السنية. الأهداف: أُجريت هذه الدراسة لتحديد الفعالية المضادة للبكتيريا لحمض الأموكسيسيلين-كلافولانيك (أوغمنتين®)، والميترونيدازول، والمستخلص الإيثانولي لأوراق المورينجا ضد العزلة السريرية من المتصورة اللثوية. المواد والطرق: حُددت أدنى تركيزات تثبيط (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>MIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Times New Roman"/>
+        <w:t>) وأدنى تركيزات قاتلة للبكتيريا (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>MBC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>قد تفسر تفاعلات العوامل الوراثية والبيئية التباين في التعبير عن سوء الإطباق</w:t>
-[...119 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+        <w:t xml:space="preserve">) وحساسية بكتيريا </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>COLA1A</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المعزولة سريريًا ضد مستخلصات أوراق الموليبدينوم الإيثانولية، والأوجمنتين، والميترونيدازول، باستخدام التخفيف التسلسلي المزدوج، وانتشار بئر الأجار، وانتشار القرص، على التوالي. استُخدمت تقنية كروماتوغرافيا الغاز-مطياف الكتلة (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>GC-MS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">) للتحليل الكيميائي النباتي لمستخلص أوراق الموليبدينوم باستخدام مذيب الإيثانول. النتائج: أظهرت بكتيريا </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>SOX2</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تثبيطًا لمستخلص أوراق الموليبدينوم، بينما أظهرت مقاومةً للأوجمنتين والميترونيدازول. وُجد أن أدنى تركيز تثبيطي (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>MIC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">) وأدنى تركيز قاتل للبكتيريا لمستخلص أوراق الموليبدينوم كانا 0.78 ملغم/مل و1.56 ملغم/مل ضد </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>FGFR2</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">، على التوالي. أظهر المستخلص أعلى تأثير مضاد للأغشية الحيوية عند أدنى تركيزين (1.55 ملغ/مل) و0.78 ملغ/مل، أي ما يعادل 0.06% من الكلورهيكسيدين، مقارنةً بأقل تركيز له (0.34 ملغ/مل)، وكان هذا النشاط متناسبًا عكسيًا مع تركيز المستخلص. الخلاصة: على الرغم من عدم ظهور أي حساسية تجاه بكتيريا </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>MAFB</w:t>
-[...29 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri Light" w:cs="Times New Roman"/>
+        <w:t>P. gingivalis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131565">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri Light" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">   مع سوء الإطباق من الدرجة الثالثة</w:t>
-[...151 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> لدى كلٍّ من أوغمنتين وميترونيدازول، إلا أن التأثير المضاد للبكتيريا الواعد لمستخلص أوراق الموليبدينوم ضد هذه البكتيريا قد يشير إلى إمكانية استخدامه في تعزيز صحة الفم، مما يشير إلى إجراء المزيد من الدراسات الحيوية للتحقق من صحة مستخلصات الموليبدينوم كبدائل علاجية في علاج التهاب دواعم السن.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AB18EF" w14:textId="7CC563B7" w:rsidR="00CC3469" w:rsidRPr="00CC3469" w:rsidRDefault="00CC3469" w:rsidP="008F6707">
-[...665 lines deleted...]
-    <w:sectPr w:rsidR="00FE7BF6" w:rsidRPr="00A21194" w:rsidSect="006B7F60">
+    <w:sectPr w:rsidR="00E21628" w:rsidRPr="00131565" w:rsidSect="00684F8B">
       <w:headerReference w:type="even" r:id="rId59"/>
       <w:headerReference w:type="default" r:id="rId60"/>
       <w:footerReference w:type="default" r:id="rId61"/>
       <w:headerReference w:type="first" r:id="rId62"/>
       <w:footerReference w:type="first" r:id="rId63"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="964" w:right="720" w:bottom="1077" w:left="720" w:header="180" w:footer="720" w:gutter="0"/>
-      <w:pgNumType w:start="8"/>
+      <w:pgMar w:top="1397" w:right="720" w:bottom="1077" w:left="720" w:header="180" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="36"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62317F10" w14:textId="77777777" w:rsidR="004E3216" w:rsidRDefault="004E3216">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0C7BFC45" w14:textId="77777777" w:rsidR="00727E9D" w:rsidRDefault="00727E9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1778948B" w14:textId="77777777" w:rsidR="004E3216" w:rsidRDefault="004E3216">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="370DF36E" w14:textId="77777777" w:rsidR="00727E9D" w:rsidRDefault="00727E9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS ??">
-    <w:altName w:val="Arial Unicode MS"/>
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:noProof w:val="0"/>
       </w:rPr>
       <w:id w:val="711773116"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6D4211DC" w14:textId="0C31EC1A" w:rsidR="00916511" w:rsidRDefault="00916511" w:rsidP="00916511">
+      <w:p w14:paraId="6D4211DC" w14:textId="0C31EC1A" w:rsidR="00916511" w:rsidRDefault="00916511" w:rsidP="004278EB">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:ind w:firstLine="0"/>
+          <w:ind w:right="566" w:firstLine="0"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof w:val="0"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof w:val="0"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="18A1A4CF" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
+  <w:p w14:paraId="6E764EB2" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05CF4FD4" w14:textId="3B0F9CFA" w:rsidR="004908FE" w:rsidRDefault="003920BF" w:rsidP="003920BF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:noProof w:val="0"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:id w:val="-1707411497"/>
-[...5 lines deleted...]
-    <w:sdtEndPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...31 lines deleted...]
-  <w:p w14:paraId="4206E010" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
+      <w:t>36</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="75CA94C4" w14:textId="77777777" w:rsidR="003920BF" w:rsidRPr="003920BF" w:rsidRDefault="003920BF" w:rsidP="003920BF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A0FC571" w14:textId="77777777" w:rsidR="004E3216" w:rsidRDefault="004E3216">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1010EDF5" w14:textId="77777777" w:rsidR="00727E9D" w:rsidRDefault="00727E9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15BCFA6D" w14:textId="77777777" w:rsidR="004E3216" w:rsidRDefault="004E3216">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="425F485B" w14:textId="77777777" w:rsidR="00727E9D" w:rsidRDefault="00727E9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B4C37DE" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382" w:rsidP="0073386A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="36083403" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
   <w:p w14:paraId="73C0345F" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
+  <w:p w14:paraId="7BBE2A5C" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
+  <w:p w14:paraId="2CBD9D28" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="407A2087" w14:textId="16681FEE" w:rsidR="00156382" w:rsidRPr="0060349E" w:rsidRDefault="00156382" w:rsidP="008807E3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="407A2087" w14:textId="35F3274D" w:rsidR="00156382" w:rsidRPr="00EF6F8A" w:rsidRDefault="005B4010" w:rsidP="005B4010">
     <w:pPr>
       <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+        <w:tab w:val="left" w:pos="851"/>
+        <w:tab w:val="left" w:pos="9923"/>
+        <w:tab w:val="left" w:pos="10065"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:right="26" w:firstLine="0"/>
+      <w:ind w:right="26"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0060349E">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t>J. Bagh. Coll. Dent. Vol. 35</w:t>
+      <w:t xml:space="preserve">                </w:t>
     </w:r>
-    <w:r w:rsidR="00916511">
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>J. Bagh. Coll. Dent. Vol.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0060349E">
+    <w:r w:rsidR="00A319FC">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t xml:space="preserve">, No. </w:t>
+      <w:t>37</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>, No</w:t>
     </w:r>
-    <w:r w:rsidRPr="0060349E">
+    <w:r w:rsidR="0020313C">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t>. 202</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00916511">
+    <w:r w:rsidR="00A319FC">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t xml:space="preserve"> 4</w:t>
     </w:r>
-    <w:r w:rsidRPr="0060349E">
+    <w:r w:rsidR="00A319FC">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r w:rsidR="00DC340C">
+      <w:rPr>
+        <w:rFonts w:hint="cs"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl/>
+        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="005E0025">
+      <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                                      </w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00916511">
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
-      <w:t xml:space="preserve">        </w:t>
+      <w:t xml:space="preserve">                                                    </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00976AA5">
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="fr-CH" w:eastAsia="de-DE"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                              </w:t>
+    </w:r>
+    <w:r w:rsidR="00916511" w:rsidRPr="00EF6F8A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
-    <w:r w:rsidR="008807E3">
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t xml:space="preserve">       </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00156382" w:rsidRPr="00EF6F8A">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="de-DE"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00DC340C" w:rsidRPr="00DC340C">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Bahya</w:t>
+      <w:t xml:space="preserve">Al-Taweel </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00156382">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> et al.</w:t>
+      <w:t>et al.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34A43992" w14:textId="77777777" w:rsidR="00156382" w:rsidRPr="006B1EBE" w:rsidRDefault="00156382" w:rsidP="00AC6CAC">
+  <w:p w14:paraId="34A43992" w14:textId="77777777" w:rsidR="00156382" w:rsidRPr="00EF6F8A" w:rsidRDefault="00156382" w:rsidP="00A6168D">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8844"/>
       </w:tabs>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="480" w:line="100" w:lineRule="exact"/>
-      <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:ind w:left="720" w:right="476"/>
       <w:rPr>
         <w:sz w:val="16"/>
-        <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0992B5FB" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382" w:rsidP="0073386A">
-[...3 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="5DA7A49E" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7F7344BC" w14:textId="63787252" w:rsidR="00156382" w:rsidRPr="00637D88" w:rsidRDefault="00156382" w:rsidP="0073386A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F7344BC" w14:textId="4C4833BD" w:rsidR="00156382" w:rsidRPr="00A319FC" w:rsidRDefault="00156382" w:rsidP="00DC340C">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:ind w:right="26"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00637D88">
+    <w:r w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">Journal of </w:t>
+      <w:t>Journal of Baghdad College of Dentistry, Vol.</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00924C4F" w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Baghdad</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00637D88">
+    <w:r w:rsidR="00A319FC" w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> College of Dentistry</w:t>
+      <w:t>37</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>,</w:t>
+      <w:t>, No.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00637D88">
+    <w:r w:rsidR="00A319FC" w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Vol</w:t>
+      <w:t xml:space="preserve"> 4</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t xml:space="preserve"> (20</w:t>
     </w:r>
-    <w:r w:rsidRPr="00637D88">
+    <w:r w:rsidR="00924C4F" w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 3</w:t>
+      <w:t>25</w:t>
     </w:r>
-    <w:r w:rsidR="00916511">
+    <w:r w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:lang w:val="en-GB"/>
-[...46 lines deleted...]
-        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">), ISSN (P): </w:t>
     </w:r>
-    <w:r w:rsidRPr="00637D88">
+    <w:r w:rsidRPr="00A319FC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="2C3E50"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>1817-1869, ISSN (E): 2311-5270</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0420CC59" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
   <w:p w14:paraId="794C231B" w14:textId="77777777" w:rsidR="00156382" w:rsidRDefault="00156382"/>
+  <w:p w14:paraId="72802C69" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
+  <w:p w14:paraId="11C68DE5" w14:textId="77777777" w:rsidR="004908FE" w:rsidRDefault="004908FE"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="049F099C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F46DD7A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -17924,50 +30000,166 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17B11AC7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ABBE314C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="644"/>
+        </w:tabs>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18971194"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2CA71C2"/>
     <w:lvl w:ilvl="0" w:tplc="79C2964E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18038,51 +30230,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18B468F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="551C9AE8"/>
     <w:lvl w:ilvl="0" w:tplc="E264CA32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -18132,51 +30324,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1952085B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77E02BF6"/>
     <w:lvl w:ilvl="0" w:tplc="664029F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="MDPI71FootNotes"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -18223,51 +30415,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E0C6F5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BFE0D56"/>
     <w:lvl w:ilvl="0" w:tplc="CCCE9BD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4048" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -18337,51 +30529,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8368" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9088" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="228B6490"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="703C443C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18423,51 +30615,286 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22D450F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8DA98D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="248A0E48"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="275C7F08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="250A245F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29E20A30"/>
     <w:lvl w:ilvl="0" w:tplc="1AF444CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18512,51 +30939,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2625041B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF8C6396"/>
     <w:lvl w:ilvl="0" w:tplc="411A08DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -18601,51 +31028,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2805051C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6480D34"/>
     <w:lvl w:ilvl="0" w:tplc="CDCEE7DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18687,51 +31114,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282E1BA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF3C6AC6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18773,51 +31200,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C7700AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BFC8BA2"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1332" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2052" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18859,51 +31286,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7092" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D44543E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91EC89CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AEF0CB00">
+      <w:start w:val="32"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ECE50C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708E8B6"/>
     <w:styleLink w:val="ImportedStyle1"/>
     <w:lvl w:ilvl="0" w:tplc="140EB6EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="584" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
@@ -19160,51 +31677,51 @@
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="369250A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C554DB72"/>
     <w:lvl w:ilvl="0" w:tplc="619AA4DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1268" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1988" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19249,51 +31766,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5588" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6308" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7028" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="369A6535"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CB68362"/>
     <w:lvl w:ilvl="0" w:tplc="B2367048">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19362,51 +31879,439 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="396B75F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="355A3CC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B9E4E98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E410C596"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="465A340C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0C6D014"/>
+    <w:lvl w:ilvl="0" w:tplc="0B4A60AA">
+      <w:start w:val="40"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46A5773F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD164CDC"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19448,51 +32353,341 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EC92E84"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C6FC39BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="17"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="644"/>
+        </w:tabs>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C6D55"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="68A84C9E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52E2771B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2A06AAC"/>
     <w:lvl w:ilvl="0" w:tplc="C788203A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:sz w:val="18"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -19544,51 +32739,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54075B53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0DCA02E"/>
     <w:lvl w:ilvl="0" w:tplc="5CB0595C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3691" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -19631,51 +32826,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7291" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8011" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8731" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="552D57B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08FAC520"/>
+    <w:lvl w:ilvl="0" w:tplc="AEF0CB00">
+      <w:start w:val="32"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="584359B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="896C958E"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2059" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2779" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19717,51 +33002,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6379" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7099" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7819" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58DD5D85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A72856E6"/>
+    <w:lvl w:ilvl="0" w:tplc="429E3C66">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="595D1978"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88F0DB2C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19803,51 +33178,427 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="597B0B95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBAA8ADA"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60101348"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76AAF82E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="644"/>
+        </w:tabs>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66405F76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1BBC8206"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70012E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7946DCD0"/>
     <w:lvl w:ilvl="0" w:tplc="5C06B1C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="MDPI71References"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -19897,51 +33648,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706D5736"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E201858"/>
     <w:lvl w:ilvl="0" w:tplc="7736F520">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19988,57 +33739,147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7347480E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F10D118"/>
+    <w:lvl w:ilvl="0" w:tplc="7E4234E8">
+      <w:start w:val="41"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73CA5CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1708E8B6"/>
     <w:numStyleLink w:val="ImportedStyle1"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76311A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EB4AE68"/>
     <w:lvl w:ilvl="0" w:tplc="42505D78">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="MDPI37itemize"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -20088,51 +33929,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8368" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9088" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77DD19E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E82C9436"/>
+    <w:lvl w:ilvl="0" w:tplc="78B09D8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D252245C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="375AE020">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B3822E2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1CFE997A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="80F6BD0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4E42B93A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6CDEF460">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B39047DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78A05955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08AAD8C6"/>
     <w:lvl w:ilvl="0" w:tplc="95C8AB9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="972" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1692" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -20177,51 +34104,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5292" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6012" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6732" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79981534"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="240671B8"/>
     <w:lvl w:ilvl="0" w:tplc="75D85144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20266,800 +34193,1652 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A6D03BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F1CF742"/>
+    <w:lvl w:ilvl="0" w:tplc="91981008">
+      <w:start w:val="58"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="854073250">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="2" w16cid:durableId="1814564387">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="3" w16cid:durableId="49380630">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="4" w16cid:durableId="1499495224">
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="5" w16cid:durableId="682436729">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="6" w16cid:durableId="1347171791">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="7" w16cid:durableId="1597203870">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="8" w16cid:durableId="202987255">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="9" w16cid:durableId="1141574272">
+    <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="10" w16cid:durableId="1441022598">
+    <w:abstractNumId w:val="34"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="11" w16cid:durableId="68620814">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1806968620">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="147718760">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1398475386">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1232304920">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="775295240">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="723066132">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="297802219">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="757599562">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2055350753">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="21" w16cid:durableId="205073012">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="14">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="22" w16cid:durableId="1915316725">
+    <w:abstractNumId w:val="36"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0" w:tplc="0A8AC724">
+      <w:lvl w:ilvl="0" w:tplc="8C4E1EFE">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="643" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1" w:tplc="4BCA07D0">
+      <w:lvl w:ilvl="1" w:tplc="770695F6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1440" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2" w:tplc="0F6E6C56">
+      <w:lvl w:ilvl="2" w:tplc="699882C6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2160" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3" w:tplc="9EA00628">
+      <w:lvl w:ilvl="3" w:tplc="5964EE8E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2880" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4" w:tplc="9342B58E">
+      <w:lvl w:ilvl="4" w:tplc="4FCEE6CE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3600" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5" w:tplc="8886EEB4">
+      <w:lvl w:ilvl="5" w:tplc="0938FE78">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4320" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6" w:tplc="0F98BA7E">
+      <w:lvl w:ilvl="6" w:tplc="DC2C276A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5040" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7" w:tplc="194828FC">
+      <w:lvl w:ilvl="7" w:tplc="7D64FA28">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5760" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8" w:tplc="C2EA34AC">
+      <w:lvl w:ilvl="8" w:tplc="54EC53F0">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6480" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="23" w16cid:durableId="69547920">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="24">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="24" w16cid:durableId="468547265">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1947425424">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="171916164">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1203516326">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="976186850">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1896239812">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1987513903">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="26">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="31" w16cid:durableId="955913780">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="32" w16cid:durableId="2132741183">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1763380079">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1210654105">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="404839862">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1092824298">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="726808052">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1604653963">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1814325410">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="279072161">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="12269397">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="42" w16cid:durableId="211885564">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="43" w16cid:durableId="1878352882">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1084648263">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="995572951">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="2021159410">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MrcwMjY0MDc3MTKwMDZX0lEKTi0uzszPAymwrAUAgvvinywAAAA="/>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
+    <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Annotated&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Palatino Linotype&lt;/FontName&gt;&lt;FontSize&gt;10&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
+    <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00AD30DC"/>
+    <w:rsid w:val="00001726"/>
+    <w:rsid w:val="000023C9"/>
+    <w:rsid w:val="000038E2"/>
+    <w:rsid w:val="00013380"/>
     <w:rsid w:val="000135C5"/>
+    <w:rsid w:val="00014CE4"/>
     <w:rsid w:val="00016703"/>
+    <w:rsid w:val="00025A85"/>
+    <w:rsid w:val="00025B16"/>
+    <w:rsid w:val="00031F41"/>
     <w:rsid w:val="00037CB5"/>
     <w:rsid w:val="00042A3A"/>
+    <w:rsid w:val="00042E53"/>
     <w:rsid w:val="000450F9"/>
+    <w:rsid w:val="00047B2B"/>
+    <w:rsid w:val="0006022A"/>
     <w:rsid w:val="00060C12"/>
+    <w:rsid w:val="00063DF5"/>
+    <w:rsid w:val="000642EF"/>
+    <w:rsid w:val="00065B6B"/>
+    <w:rsid w:val="00065BD2"/>
     <w:rsid w:val="0007012F"/>
+    <w:rsid w:val="00070734"/>
+    <w:rsid w:val="00072ACC"/>
     <w:rsid w:val="00073477"/>
+    <w:rsid w:val="00074A3C"/>
+    <w:rsid w:val="00074CBF"/>
     <w:rsid w:val="000800B1"/>
+    <w:rsid w:val="00083CB1"/>
+    <w:rsid w:val="0008697E"/>
+    <w:rsid w:val="0009103B"/>
+    <w:rsid w:val="00092EA6"/>
+    <w:rsid w:val="00095D83"/>
+    <w:rsid w:val="0009673B"/>
     <w:rsid w:val="00096AF5"/>
+    <w:rsid w:val="000A0CE6"/>
+    <w:rsid w:val="000A1A67"/>
+    <w:rsid w:val="000A34F7"/>
+    <w:rsid w:val="000A4156"/>
+    <w:rsid w:val="000A59FF"/>
     <w:rsid w:val="000A748E"/>
     <w:rsid w:val="000B02A4"/>
     <w:rsid w:val="000B4CB2"/>
+    <w:rsid w:val="000B51BC"/>
+    <w:rsid w:val="000B590F"/>
     <w:rsid w:val="000B5DB5"/>
     <w:rsid w:val="000C10A8"/>
+    <w:rsid w:val="000C1294"/>
+    <w:rsid w:val="000C33F9"/>
+    <w:rsid w:val="000C4583"/>
+    <w:rsid w:val="000C68A0"/>
+    <w:rsid w:val="000C79B5"/>
+    <w:rsid w:val="000D0414"/>
+    <w:rsid w:val="000D269D"/>
     <w:rsid w:val="000D28E1"/>
+    <w:rsid w:val="000D4F96"/>
     <w:rsid w:val="000E00A2"/>
+    <w:rsid w:val="000E12B0"/>
+    <w:rsid w:val="000E33B3"/>
     <w:rsid w:val="000E5933"/>
+    <w:rsid w:val="000E5DAF"/>
     <w:rsid w:val="000F1980"/>
+    <w:rsid w:val="000F68D4"/>
+    <w:rsid w:val="001042E9"/>
+    <w:rsid w:val="00110076"/>
+    <w:rsid w:val="00112697"/>
+    <w:rsid w:val="00114352"/>
     <w:rsid w:val="001147FC"/>
     <w:rsid w:val="0012346D"/>
     <w:rsid w:val="001270FF"/>
+    <w:rsid w:val="00131565"/>
+    <w:rsid w:val="00131CAD"/>
     <w:rsid w:val="001338C2"/>
+    <w:rsid w:val="00136D4E"/>
+    <w:rsid w:val="00140628"/>
+    <w:rsid w:val="00143034"/>
+    <w:rsid w:val="00150C33"/>
     <w:rsid w:val="00156382"/>
+    <w:rsid w:val="001579B9"/>
+    <w:rsid w:val="001660CF"/>
     <w:rsid w:val="00171D89"/>
+    <w:rsid w:val="0017344F"/>
+    <w:rsid w:val="00173CBF"/>
+    <w:rsid w:val="00180C43"/>
+    <w:rsid w:val="00182F96"/>
+    <w:rsid w:val="00183040"/>
+    <w:rsid w:val="00184019"/>
+    <w:rsid w:val="00185EC8"/>
+    <w:rsid w:val="00191893"/>
     <w:rsid w:val="00191A55"/>
+    <w:rsid w:val="001964E2"/>
+    <w:rsid w:val="00196B6C"/>
+    <w:rsid w:val="001A145D"/>
+    <w:rsid w:val="001A5494"/>
+    <w:rsid w:val="001B08B3"/>
+    <w:rsid w:val="001B5767"/>
+    <w:rsid w:val="001C0176"/>
     <w:rsid w:val="001C0C57"/>
+    <w:rsid w:val="001C5718"/>
+    <w:rsid w:val="001D00A1"/>
+    <w:rsid w:val="001D011A"/>
+    <w:rsid w:val="001D425E"/>
+    <w:rsid w:val="001D7348"/>
+    <w:rsid w:val="001E03D5"/>
+    <w:rsid w:val="001E10B7"/>
+    <w:rsid w:val="001E6239"/>
+    <w:rsid w:val="001E653C"/>
     <w:rsid w:val="001E78FA"/>
+    <w:rsid w:val="001F02A5"/>
+    <w:rsid w:val="001F048B"/>
+    <w:rsid w:val="001F6467"/>
+    <w:rsid w:val="001F6ADE"/>
+    <w:rsid w:val="001F7448"/>
     <w:rsid w:val="001F794A"/>
+    <w:rsid w:val="00201A41"/>
+    <w:rsid w:val="00201A7D"/>
     <w:rsid w:val="0020274D"/>
+    <w:rsid w:val="0020313C"/>
+    <w:rsid w:val="00221923"/>
+    <w:rsid w:val="002251F3"/>
+    <w:rsid w:val="002252FF"/>
     <w:rsid w:val="00225652"/>
+    <w:rsid w:val="00225F7A"/>
+    <w:rsid w:val="00227C6A"/>
+    <w:rsid w:val="00230CBC"/>
+    <w:rsid w:val="0023354A"/>
+    <w:rsid w:val="0023363C"/>
     <w:rsid w:val="00236B69"/>
+    <w:rsid w:val="00237DC5"/>
     <w:rsid w:val="002445EB"/>
+    <w:rsid w:val="00244C7B"/>
+    <w:rsid w:val="00245D6D"/>
+    <w:rsid w:val="00246272"/>
+    <w:rsid w:val="00246806"/>
     <w:rsid w:val="002527A1"/>
+    <w:rsid w:val="002544C4"/>
     <w:rsid w:val="002623A9"/>
     <w:rsid w:val="00264F4D"/>
+    <w:rsid w:val="002669E0"/>
     <w:rsid w:val="00271A71"/>
+    <w:rsid w:val="00272456"/>
+    <w:rsid w:val="00275B91"/>
+    <w:rsid w:val="00285B1B"/>
+    <w:rsid w:val="0028720F"/>
+    <w:rsid w:val="00290935"/>
+    <w:rsid w:val="00291D0F"/>
     <w:rsid w:val="002945B1"/>
+    <w:rsid w:val="0029618C"/>
+    <w:rsid w:val="002A0B9C"/>
+    <w:rsid w:val="002A4F9B"/>
+    <w:rsid w:val="002A5FF8"/>
+    <w:rsid w:val="002B0326"/>
+    <w:rsid w:val="002C437B"/>
+    <w:rsid w:val="002C4835"/>
+    <w:rsid w:val="002C4E30"/>
+    <w:rsid w:val="002C57D2"/>
     <w:rsid w:val="002D2C2F"/>
+    <w:rsid w:val="002D4E76"/>
+    <w:rsid w:val="002D54EB"/>
+    <w:rsid w:val="002D64B4"/>
     <w:rsid w:val="002D7E4D"/>
+    <w:rsid w:val="002F103C"/>
+    <w:rsid w:val="002F2491"/>
+    <w:rsid w:val="002F285E"/>
+    <w:rsid w:val="002F666A"/>
+    <w:rsid w:val="002F70CD"/>
     <w:rsid w:val="00303683"/>
     <w:rsid w:val="0030531D"/>
+    <w:rsid w:val="00305C8F"/>
+    <w:rsid w:val="00306DBB"/>
     <w:rsid w:val="00306F79"/>
+    <w:rsid w:val="00311066"/>
+    <w:rsid w:val="0031484A"/>
     <w:rsid w:val="00316AF3"/>
     <w:rsid w:val="00320251"/>
+    <w:rsid w:val="0032087E"/>
+    <w:rsid w:val="00323F06"/>
+    <w:rsid w:val="00331AB4"/>
+    <w:rsid w:val="0033328F"/>
+    <w:rsid w:val="00333866"/>
+    <w:rsid w:val="003356EE"/>
+    <w:rsid w:val="00336158"/>
     <w:rsid w:val="00336F7A"/>
+    <w:rsid w:val="00337BA0"/>
+    <w:rsid w:val="00340AD8"/>
+    <w:rsid w:val="00341E78"/>
+    <w:rsid w:val="003433DC"/>
     <w:rsid w:val="00351F4D"/>
     <w:rsid w:val="00352200"/>
+    <w:rsid w:val="003522E4"/>
+    <w:rsid w:val="00353ED4"/>
+    <w:rsid w:val="003546BF"/>
+    <w:rsid w:val="003641CD"/>
+    <w:rsid w:val="0036472A"/>
+    <w:rsid w:val="00364C4D"/>
+    <w:rsid w:val="00372437"/>
     <w:rsid w:val="00374C08"/>
     <w:rsid w:val="003754B7"/>
+    <w:rsid w:val="00376BE8"/>
+    <w:rsid w:val="003808B2"/>
+    <w:rsid w:val="003812C1"/>
+    <w:rsid w:val="00381845"/>
+    <w:rsid w:val="003859FE"/>
+    <w:rsid w:val="003902AE"/>
+    <w:rsid w:val="003918B3"/>
+    <w:rsid w:val="003920BF"/>
+    <w:rsid w:val="00392B56"/>
+    <w:rsid w:val="003945C1"/>
+    <w:rsid w:val="00395542"/>
     <w:rsid w:val="00395CCF"/>
+    <w:rsid w:val="00397359"/>
+    <w:rsid w:val="003A1425"/>
+    <w:rsid w:val="003A38F7"/>
+    <w:rsid w:val="003A63F5"/>
+    <w:rsid w:val="003A6EE9"/>
+    <w:rsid w:val="003B0839"/>
+    <w:rsid w:val="003B102D"/>
+    <w:rsid w:val="003B2A16"/>
+    <w:rsid w:val="003B3227"/>
+    <w:rsid w:val="003B3BC8"/>
+    <w:rsid w:val="003B48E4"/>
+    <w:rsid w:val="003C1873"/>
+    <w:rsid w:val="003C5363"/>
+    <w:rsid w:val="003C53EC"/>
+    <w:rsid w:val="003C7D73"/>
+    <w:rsid w:val="003C7DF0"/>
+    <w:rsid w:val="003D0BED"/>
+    <w:rsid w:val="003E44A0"/>
+    <w:rsid w:val="003E7DE1"/>
+    <w:rsid w:val="003F01AD"/>
+    <w:rsid w:val="003F0587"/>
     <w:rsid w:val="003F4AB3"/>
+    <w:rsid w:val="003F5F85"/>
     <w:rsid w:val="003F61FD"/>
+    <w:rsid w:val="003F63BB"/>
+    <w:rsid w:val="00401945"/>
     <w:rsid w:val="00402C5F"/>
+    <w:rsid w:val="004036F7"/>
+    <w:rsid w:val="004037A4"/>
+    <w:rsid w:val="00403D24"/>
+    <w:rsid w:val="0040484C"/>
     <w:rsid w:val="00411515"/>
+    <w:rsid w:val="004132D6"/>
+    <w:rsid w:val="00415B59"/>
+    <w:rsid w:val="00415E29"/>
+    <w:rsid w:val="004230C8"/>
+    <w:rsid w:val="00424A4E"/>
+    <w:rsid w:val="0042630D"/>
+    <w:rsid w:val="004278EB"/>
+    <w:rsid w:val="004352A9"/>
     <w:rsid w:val="00451330"/>
+    <w:rsid w:val="00452CB0"/>
+    <w:rsid w:val="004568C2"/>
+    <w:rsid w:val="00456BFE"/>
+    <w:rsid w:val="00457B35"/>
+    <w:rsid w:val="00457BB4"/>
+    <w:rsid w:val="0046439D"/>
     <w:rsid w:val="00466852"/>
+    <w:rsid w:val="00470DC0"/>
+    <w:rsid w:val="00473B92"/>
     <w:rsid w:val="004765DB"/>
     <w:rsid w:val="004800C3"/>
+    <w:rsid w:val="00481A63"/>
+    <w:rsid w:val="00482688"/>
+    <w:rsid w:val="004832F4"/>
+    <w:rsid w:val="004842C9"/>
+    <w:rsid w:val="004905FA"/>
+    <w:rsid w:val="004908FE"/>
     <w:rsid w:val="004910D1"/>
+    <w:rsid w:val="004942AD"/>
+    <w:rsid w:val="00495D17"/>
+    <w:rsid w:val="004962C6"/>
+    <w:rsid w:val="00496B44"/>
     <w:rsid w:val="004A02A0"/>
+    <w:rsid w:val="004A1FEA"/>
+    <w:rsid w:val="004A3903"/>
+    <w:rsid w:val="004A3E2F"/>
+    <w:rsid w:val="004A43EB"/>
+    <w:rsid w:val="004A5DD2"/>
+    <w:rsid w:val="004B2653"/>
+    <w:rsid w:val="004B587B"/>
+    <w:rsid w:val="004B5B32"/>
+    <w:rsid w:val="004B5F22"/>
     <w:rsid w:val="004C0F12"/>
+    <w:rsid w:val="004C5019"/>
     <w:rsid w:val="004C533C"/>
+    <w:rsid w:val="004C67A6"/>
+    <w:rsid w:val="004D115D"/>
+    <w:rsid w:val="004D5DB9"/>
     <w:rsid w:val="004D69FA"/>
+    <w:rsid w:val="004D73F1"/>
     <w:rsid w:val="004D7E0A"/>
+    <w:rsid w:val="004E2495"/>
     <w:rsid w:val="004E3216"/>
+    <w:rsid w:val="004F028C"/>
+    <w:rsid w:val="004F0DE4"/>
+    <w:rsid w:val="004F231B"/>
+    <w:rsid w:val="004F7560"/>
+    <w:rsid w:val="005004E1"/>
+    <w:rsid w:val="00503AB0"/>
+    <w:rsid w:val="00503C1E"/>
     <w:rsid w:val="0050691A"/>
+    <w:rsid w:val="00510753"/>
+    <w:rsid w:val="005119F9"/>
+    <w:rsid w:val="00512309"/>
+    <w:rsid w:val="005147DA"/>
+    <w:rsid w:val="0052602C"/>
     <w:rsid w:val="0052645F"/>
+    <w:rsid w:val="0053130A"/>
+    <w:rsid w:val="00532E75"/>
+    <w:rsid w:val="005332E1"/>
+    <w:rsid w:val="005343B4"/>
     <w:rsid w:val="00535511"/>
+    <w:rsid w:val="005359BA"/>
+    <w:rsid w:val="00535DC3"/>
+    <w:rsid w:val="00545417"/>
+    <w:rsid w:val="0054740E"/>
+    <w:rsid w:val="005530A3"/>
+    <w:rsid w:val="00553212"/>
     <w:rsid w:val="005545DE"/>
     <w:rsid w:val="00554DD8"/>
+    <w:rsid w:val="005552BE"/>
+    <w:rsid w:val="005567CB"/>
+    <w:rsid w:val="00560D76"/>
+    <w:rsid w:val="00562906"/>
+    <w:rsid w:val="00571EA2"/>
+    <w:rsid w:val="00577052"/>
+    <w:rsid w:val="00582A5C"/>
+    <w:rsid w:val="00585E60"/>
+    <w:rsid w:val="005918FE"/>
+    <w:rsid w:val="005919D7"/>
+    <w:rsid w:val="00592420"/>
     <w:rsid w:val="00595A72"/>
+    <w:rsid w:val="005A05D4"/>
     <w:rsid w:val="005B3D6E"/>
     <w:rsid w:val="005B3DB1"/>
+    <w:rsid w:val="005B4010"/>
     <w:rsid w:val="005B4C6C"/>
     <w:rsid w:val="005B6F5D"/>
+    <w:rsid w:val="005C1F78"/>
     <w:rsid w:val="005D0045"/>
     <w:rsid w:val="005D0372"/>
+    <w:rsid w:val="005D0466"/>
+    <w:rsid w:val="005D3C6D"/>
+    <w:rsid w:val="005D6451"/>
+    <w:rsid w:val="005E0025"/>
+    <w:rsid w:val="005E01EA"/>
     <w:rsid w:val="005E0E45"/>
+    <w:rsid w:val="005E1CA8"/>
+    <w:rsid w:val="005E1EC4"/>
+    <w:rsid w:val="005E2235"/>
+    <w:rsid w:val="005E2925"/>
+    <w:rsid w:val="005E2C3B"/>
     <w:rsid w:val="005E3940"/>
+    <w:rsid w:val="005E46D1"/>
+    <w:rsid w:val="005F1467"/>
+    <w:rsid w:val="005F17A5"/>
     <w:rsid w:val="005F479B"/>
     <w:rsid w:val="0060021B"/>
+    <w:rsid w:val="006009B9"/>
+    <w:rsid w:val="006023EB"/>
+    <w:rsid w:val="006042A3"/>
     <w:rsid w:val="00604F70"/>
+    <w:rsid w:val="00606A6B"/>
+    <w:rsid w:val="0060738C"/>
     <w:rsid w:val="006103AF"/>
+    <w:rsid w:val="00612C0B"/>
+    <w:rsid w:val="00613DC5"/>
     <w:rsid w:val="00616586"/>
+    <w:rsid w:val="0062003D"/>
     <w:rsid w:val="006218BD"/>
+    <w:rsid w:val="006236A5"/>
+    <w:rsid w:val="00633731"/>
+    <w:rsid w:val="0063422E"/>
+    <w:rsid w:val="00634396"/>
+    <w:rsid w:val="006361E8"/>
+    <w:rsid w:val="006378E3"/>
     <w:rsid w:val="00640A3D"/>
     <w:rsid w:val="00644990"/>
     <w:rsid w:val="0064642C"/>
+    <w:rsid w:val="00646F3D"/>
     <w:rsid w:val="00657AE7"/>
+    <w:rsid w:val="00657CEA"/>
+    <w:rsid w:val="00660D0F"/>
     <w:rsid w:val="006657E2"/>
     <w:rsid w:val="006705C9"/>
+    <w:rsid w:val="00670809"/>
     <w:rsid w:val="00676BA3"/>
+    <w:rsid w:val="006802FC"/>
     <w:rsid w:val="00682744"/>
+    <w:rsid w:val="006843DC"/>
+    <w:rsid w:val="00684623"/>
+    <w:rsid w:val="00684F8B"/>
+    <w:rsid w:val="00690004"/>
+    <w:rsid w:val="00692063"/>
     <w:rsid w:val="006950AE"/>
+    <w:rsid w:val="006A20D8"/>
+    <w:rsid w:val="006A27E4"/>
     <w:rsid w:val="006A414A"/>
+    <w:rsid w:val="006B0BDF"/>
     <w:rsid w:val="006B7F60"/>
+    <w:rsid w:val="006C0C9F"/>
+    <w:rsid w:val="006C3587"/>
+    <w:rsid w:val="006C3BDF"/>
     <w:rsid w:val="006C5FEB"/>
+    <w:rsid w:val="006C6860"/>
+    <w:rsid w:val="006C6C2E"/>
+    <w:rsid w:val="006D02B7"/>
     <w:rsid w:val="006D0BEA"/>
+    <w:rsid w:val="006D1984"/>
     <w:rsid w:val="006D1D71"/>
+    <w:rsid w:val="006D3EBC"/>
+    <w:rsid w:val="006E0AFA"/>
+    <w:rsid w:val="006E0B5A"/>
+    <w:rsid w:val="006E4819"/>
+    <w:rsid w:val="006E5431"/>
+    <w:rsid w:val="006F2871"/>
     <w:rsid w:val="006F6D23"/>
+    <w:rsid w:val="0070070D"/>
+    <w:rsid w:val="00704B6A"/>
+    <w:rsid w:val="007117D3"/>
+    <w:rsid w:val="007156BE"/>
     <w:rsid w:val="00715AF8"/>
+    <w:rsid w:val="00716588"/>
+    <w:rsid w:val="007207FE"/>
+    <w:rsid w:val="007260D9"/>
+    <w:rsid w:val="007268C7"/>
+    <w:rsid w:val="007279C2"/>
+    <w:rsid w:val="00727E9D"/>
     <w:rsid w:val="00730E6C"/>
+    <w:rsid w:val="00732EA1"/>
+    <w:rsid w:val="00733520"/>
     <w:rsid w:val="0073386A"/>
+    <w:rsid w:val="0073411C"/>
     <w:rsid w:val="007349E2"/>
+    <w:rsid w:val="007351C2"/>
     <w:rsid w:val="00736DC6"/>
+    <w:rsid w:val="00740911"/>
     <w:rsid w:val="00740923"/>
     <w:rsid w:val="00744E9D"/>
     <w:rsid w:val="007506DE"/>
+    <w:rsid w:val="00752D78"/>
+    <w:rsid w:val="00756CA0"/>
     <w:rsid w:val="007613C2"/>
+    <w:rsid w:val="0076417B"/>
+    <w:rsid w:val="00764692"/>
     <w:rsid w:val="00766D3F"/>
+    <w:rsid w:val="00771053"/>
+    <w:rsid w:val="007717E6"/>
     <w:rsid w:val="00775C56"/>
     <w:rsid w:val="00784821"/>
+    <w:rsid w:val="00784E86"/>
+    <w:rsid w:val="00785F4A"/>
+    <w:rsid w:val="00790857"/>
     <w:rsid w:val="00793638"/>
+    <w:rsid w:val="00794416"/>
+    <w:rsid w:val="007950C2"/>
     <w:rsid w:val="00796A82"/>
     <w:rsid w:val="00797D79"/>
     <w:rsid w:val="007A21A3"/>
+    <w:rsid w:val="007A2C5F"/>
+    <w:rsid w:val="007A354A"/>
     <w:rsid w:val="007A45F3"/>
+    <w:rsid w:val="007A4AB3"/>
+    <w:rsid w:val="007A6708"/>
     <w:rsid w:val="007A7815"/>
     <w:rsid w:val="007B1DF0"/>
+    <w:rsid w:val="007B33C4"/>
+    <w:rsid w:val="007B3AC5"/>
     <w:rsid w:val="007C09DF"/>
     <w:rsid w:val="007C30F0"/>
+    <w:rsid w:val="007C323E"/>
+    <w:rsid w:val="007D0F70"/>
     <w:rsid w:val="007D1161"/>
+    <w:rsid w:val="007E164C"/>
+    <w:rsid w:val="007E58F8"/>
+    <w:rsid w:val="007F0B97"/>
+    <w:rsid w:val="007F1930"/>
+    <w:rsid w:val="007F3452"/>
+    <w:rsid w:val="007F4542"/>
+    <w:rsid w:val="007F488C"/>
+    <w:rsid w:val="0080508B"/>
+    <w:rsid w:val="008061AD"/>
     <w:rsid w:val="00806BCA"/>
+    <w:rsid w:val="00807585"/>
+    <w:rsid w:val="00810847"/>
+    <w:rsid w:val="008129B6"/>
+    <w:rsid w:val="008153A9"/>
+    <w:rsid w:val="00821B49"/>
+    <w:rsid w:val="00822F40"/>
+    <w:rsid w:val="00823223"/>
     <w:rsid w:val="00824374"/>
     <w:rsid w:val="0082490C"/>
+    <w:rsid w:val="0082756A"/>
+    <w:rsid w:val="00831C12"/>
+    <w:rsid w:val="00834350"/>
+    <w:rsid w:val="00834A5B"/>
+    <w:rsid w:val="00834B78"/>
     <w:rsid w:val="0083618B"/>
+    <w:rsid w:val="00836FFF"/>
+    <w:rsid w:val="0084598B"/>
+    <w:rsid w:val="008508BA"/>
+    <w:rsid w:val="0085107D"/>
     <w:rsid w:val="00853AA2"/>
+    <w:rsid w:val="0086072E"/>
     <w:rsid w:val="00861723"/>
+    <w:rsid w:val="00861983"/>
+    <w:rsid w:val="00862D4B"/>
+    <w:rsid w:val="0086367E"/>
+    <w:rsid w:val="00866A0F"/>
+    <w:rsid w:val="00872BD7"/>
     <w:rsid w:val="00875682"/>
+    <w:rsid w:val="00877287"/>
+    <w:rsid w:val="00877650"/>
     <w:rsid w:val="008807E3"/>
+    <w:rsid w:val="00882415"/>
     <w:rsid w:val="00885168"/>
+    <w:rsid w:val="00895132"/>
+    <w:rsid w:val="00895F14"/>
+    <w:rsid w:val="008977E8"/>
+    <w:rsid w:val="008A1258"/>
     <w:rsid w:val="008A1D98"/>
+    <w:rsid w:val="008A3B52"/>
     <w:rsid w:val="008A5B63"/>
+    <w:rsid w:val="008A5C3C"/>
+    <w:rsid w:val="008B23A0"/>
+    <w:rsid w:val="008B38DF"/>
     <w:rsid w:val="008B3DF3"/>
+    <w:rsid w:val="008C3385"/>
     <w:rsid w:val="008D0E94"/>
+    <w:rsid w:val="008D2D51"/>
     <w:rsid w:val="008D7506"/>
+    <w:rsid w:val="008E0D1D"/>
+    <w:rsid w:val="008E25B1"/>
+    <w:rsid w:val="008E5155"/>
+    <w:rsid w:val="008F19FE"/>
     <w:rsid w:val="008F50F9"/>
     <w:rsid w:val="008F6707"/>
+    <w:rsid w:val="008F74B1"/>
+    <w:rsid w:val="008F7AB5"/>
+    <w:rsid w:val="00902DEC"/>
+    <w:rsid w:val="009031B6"/>
+    <w:rsid w:val="00904779"/>
+    <w:rsid w:val="009078D2"/>
+    <w:rsid w:val="00912E03"/>
+    <w:rsid w:val="00915461"/>
     <w:rsid w:val="00916511"/>
     <w:rsid w:val="009201F7"/>
+    <w:rsid w:val="00921C80"/>
     <w:rsid w:val="009235DB"/>
+    <w:rsid w:val="00924635"/>
+    <w:rsid w:val="00924C4F"/>
     <w:rsid w:val="00925EE6"/>
     <w:rsid w:val="00930549"/>
+    <w:rsid w:val="00930A6A"/>
+    <w:rsid w:val="00942642"/>
+    <w:rsid w:val="00944793"/>
     <w:rsid w:val="0094540C"/>
     <w:rsid w:val="00945D5E"/>
     <w:rsid w:val="00946E1C"/>
     <w:rsid w:val="00947392"/>
     <w:rsid w:val="00951681"/>
+    <w:rsid w:val="009534FE"/>
     <w:rsid w:val="00953A9B"/>
+    <w:rsid w:val="009567F1"/>
+    <w:rsid w:val="009630CB"/>
     <w:rsid w:val="0096447C"/>
+    <w:rsid w:val="00965AB9"/>
+    <w:rsid w:val="00971FB7"/>
+    <w:rsid w:val="009722CE"/>
     <w:rsid w:val="009734B5"/>
+    <w:rsid w:val="00976AA5"/>
+    <w:rsid w:val="00977994"/>
+    <w:rsid w:val="00983759"/>
+    <w:rsid w:val="00984C13"/>
+    <w:rsid w:val="00986AE4"/>
+    <w:rsid w:val="00986F71"/>
+    <w:rsid w:val="0099074B"/>
+    <w:rsid w:val="00996C2D"/>
+    <w:rsid w:val="00997CAC"/>
+    <w:rsid w:val="009A2406"/>
     <w:rsid w:val="009A4738"/>
+    <w:rsid w:val="009A4916"/>
+    <w:rsid w:val="009A5D4C"/>
+    <w:rsid w:val="009B10BE"/>
     <w:rsid w:val="009B1138"/>
+    <w:rsid w:val="009B4A68"/>
     <w:rsid w:val="009B4B23"/>
+    <w:rsid w:val="009C354B"/>
+    <w:rsid w:val="009D0821"/>
+    <w:rsid w:val="009D141E"/>
+    <w:rsid w:val="009D4A9F"/>
+    <w:rsid w:val="009D5713"/>
+    <w:rsid w:val="009D72FA"/>
     <w:rsid w:val="009E184E"/>
+    <w:rsid w:val="009E209C"/>
     <w:rsid w:val="009E2BF5"/>
+    <w:rsid w:val="009E4BB4"/>
+    <w:rsid w:val="009E6395"/>
+    <w:rsid w:val="009E64BE"/>
     <w:rsid w:val="009F0F9B"/>
+    <w:rsid w:val="009F361A"/>
     <w:rsid w:val="009F3897"/>
+    <w:rsid w:val="009F413E"/>
     <w:rsid w:val="009F4589"/>
+    <w:rsid w:val="009F482C"/>
+    <w:rsid w:val="009F5A35"/>
+    <w:rsid w:val="00A025B1"/>
+    <w:rsid w:val="00A03483"/>
+    <w:rsid w:val="00A04369"/>
+    <w:rsid w:val="00A0488D"/>
+    <w:rsid w:val="00A05D54"/>
+    <w:rsid w:val="00A05E1B"/>
+    <w:rsid w:val="00A070FB"/>
     <w:rsid w:val="00A07119"/>
+    <w:rsid w:val="00A07151"/>
+    <w:rsid w:val="00A11BF6"/>
+    <w:rsid w:val="00A12CEE"/>
+    <w:rsid w:val="00A13971"/>
+    <w:rsid w:val="00A13FCE"/>
+    <w:rsid w:val="00A16184"/>
+    <w:rsid w:val="00A20489"/>
     <w:rsid w:val="00A21194"/>
     <w:rsid w:val="00A25215"/>
+    <w:rsid w:val="00A319FC"/>
+    <w:rsid w:val="00A33B32"/>
     <w:rsid w:val="00A357BC"/>
     <w:rsid w:val="00A37330"/>
+    <w:rsid w:val="00A43157"/>
+    <w:rsid w:val="00A47D80"/>
+    <w:rsid w:val="00A50209"/>
     <w:rsid w:val="00A5372A"/>
+    <w:rsid w:val="00A6168D"/>
+    <w:rsid w:val="00A62519"/>
+    <w:rsid w:val="00A63E4B"/>
+    <w:rsid w:val="00A6703A"/>
+    <w:rsid w:val="00A67537"/>
+    <w:rsid w:val="00A71316"/>
+    <w:rsid w:val="00A71A3A"/>
+    <w:rsid w:val="00A73AE9"/>
+    <w:rsid w:val="00A752B0"/>
+    <w:rsid w:val="00A75F69"/>
+    <w:rsid w:val="00A805CE"/>
+    <w:rsid w:val="00A8289E"/>
+    <w:rsid w:val="00A8367C"/>
+    <w:rsid w:val="00A94DA8"/>
     <w:rsid w:val="00A96603"/>
+    <w:rsid w:val="00A96FCE"/>
     <w:rsid w:val="00AA0D05"/>
+    <w:rsid w:val="00AA1C1A"/>
     <w:rsid w:val="00AA20B0"/>
+    <w:rsid w:val="00AA2E30"/>
     <w:rsid w:val="00AA58E8"/>
     <w:rsid w:val="00AA7A58"/>
     <w:rsid w:val="00AB3AC9"/>
     <w:rsid w:val="00AB42F8"/>
+    <w:rsid w:val="00AC0AC7"/>
+    <w:rsid w:val="00AC3E7D"/>
+    <w:rsid w:val="00AC4550"/>
+    <w:rsid w:val="00AC5846"/>
     <w:rsid w:val="00AC59F1"/>
     <w:rsid w:val="00AC6CAC"/>
+    <w:rsid w:val="00AC7906"/>
+    <w:rsid w:val="00AD0FAB"/>
+    <w:rsid w:val="00AD26AE"/>
     <w:rsid w:val="00AD30DC"/>
+    <w:rsid w:val="00AD3CAE"/>
+    <w:rsid w:val="00AD3F0F"/>
+    <w:rsid w:val="00AD76DF"/>
+    <w:rsid w:val="00AE0AC8"/>
+    <w:rsid w:val="00AE3D27"/>
+    <w:rsid w:val="00AE3E98"/>
+    <w:rsid w:val="00AE564E"/>
+    <w:rsid w:val="00AE74F5"/>
+    <w:rsid w:val="00AE7FDA"/>
     <w:rsid w:val="00AF1245"/>
+    <w:rsid w:val="00AF7DCC"/>
     <w:rsid w:val="00B001DD"/>
+    <w:rsid w:val="00B00653"/>
+    <w:rsid w:val="00B01D8C"/>
     <w:rsid w:val="00B020AD"/>
+    <w:rsid w:val="00B031DD"/>
+    <w:rsid w:val="00B03285"/>
+    <w:rsid w:val="00B03755"/>
+    <w:rsid w:val="00B05BB3"/>
+    <w:rsid w:val="00B1054F"/>
+    <w:rsid w:val="00B16D8C"/>
     <w:rsid w:val="00B20FFA"/>
+    <w:rsid w:val="00B272FE"/>
+    <w:rsid w:val="00B30414"/>
+    <w:rsid w:val="00B30BDB"/>
+    <w:rsid w:val="00B35910"/>
+    <w:rsid w:val="00B36115"/>
+    <w:rsid w:val="00B42B82"/>
+    <w:rsid w:val="00B43A27"/>
     <w:rsid w:val="00B4669B"/>
+    <w:rsid w:val="00B549D1"/>
+    <w:rsid w:val="00B5507D"/>
     <w:rsid w:val="00B60A70"/>
+    <w:rsid w:val="00B63C9F"/>
+    <w:rsid w:val="00B64FFB"/>
+    <w:rsid w:val="00B65733"/>
     <w:rsid w:val="00B65D27"/>
+    <w:rsid w:val="00B70F4C"/>
+    <w:rsid w:val="00B740DF"/>
     <w:rsid w:val="00B80209"/>
+    <w:rsid w:val="00B8032A"/>
+    <w:rsid w:val="00B807D6"/>
+    <w:rsid w:val="00B8101C"/>
+    <w:rsid w:val="00B84698"/>
+    <w:rsid w:val="00B86E0C"/>
+    <w:rsid w:val="00B870C6"/>
+    <w:rsid w:val="00B92C8D"/>
     <w:rsid w:val="00B96E69"/>
+    <w:rsid w:val="00BA5B55"/>
+    <w:rsid w:val="00BA61B1"/>
+    <w:rsid w:val="00BA7407"/>
+    <w:rsid w:val="00BB06A9"/>
     <w:rsid w:val="00BB1AFF"/>
+    <w:rsid w:val="00BB4CFE"/>
     <w:rsid w:val="00BB5BCD"/>
+    <w:rsid w:val="00BB618B"/>
+    <w:rsid w:val="00BB6B0A"/>
+    <w:rsid w:val="00BC1AAE"/>
     <w:rsid w:val="00BC3CAF"/>
+    <w:rsid w:val="00BD3036"/>
+    <w:rsid w:val="00BD5F47"/>
     <w:rsid w:val="00BD78B5"/>
+    <w:rsid w:val="00BD7F3B"/>
+    <w:rsid w:val="00BE0563"/>
     <w:rsid w:val="00BE2297"/>
     <w:rsid w:val="00BE2A31"/>
     <w:rsid w:val="00BE2B96"/>
+    <w:rsid w:val="00BF0520"/>
+    <w:rsid w:val="00BF09A5"/>
     <w:rsid w:val="00C00131"/>
+    <w:rsid w:val="00C0335E"/>
+    <w:rsid w:val="00C0581B"/>
+    <w:rsid w:val="00C148CB"/>
+    <w:rsid w:val="00C17F00"/>
+    <w:rsid w:val="00C23B26"/>
+    <w:rsid w:val="00C26BD5"/>
     <w:rsid w:val="00C27A37"/>
     <w:rsid w:val="00C27C13"/>
+    <w:rsid w:val="00C3021B"/>
+    <w:rsid w:val="00C310B5"/>
+    <w:rsid w:val="00C31262"/>
     <w:rsid w:val="00C335C5"/>
+    <w:rsid w:val="00C40193"/>
+    <w:rsid w:val="00C41009"/>
+    <w:rsid w:val="00C425B5"/>
     <w:rsid w:val="00C44014"/>
     <w:rsid w:val="00C47036"/>
+    <w:rsid w:val="00C5711F"/>
     <w:rsid w:val="00C574DB"/>
+    <w:rsid w:val="00C57526"/>
+    <w:rsid w:val="00C6057F"/>
+    <w:rsid w:val="00C63A52"/>
     <w:rsid w:val="00C67846"/>
+    <w:rsid w:val="00C718FA"/>
     <w:rsid w:val="00C71D21"/>
+    <w:rsid w:val="00C753CE"/>
+    <w:rsid w:val="00C76A2F"/>
     <w:rsid w:val="00C7717C"/>
+    <w:rsid w:val="00C77E11"/>
+    <w:rsid w:val="00C801A2"/>
+    <w:rsid w:val="00C8316B"/>
+    <w:rsid w:val="00C8791A"/>
+    <w:rsid w:val="00C91534"/>
+    <w:rsid w:val="00C92E53"/>
+    <w:rsid w:val="00C952D0"/>
+    <w:rsid w:val="00CA0A50"/>
     <w:rsid w:val="00CA0D76"/>
+    <w:rsid w:val="00CA30DF"/>
+    <w:rsid w:val="00CA61AA"/>
+    <w:rsid w:val="00CB2C4C"/>
+    <w:rsid w:val="00CB6DFF"/>
+    <w:rsid w:val="00CC1BC9"/>
     <w:rsid w:val="00CC3469"/>
+    <w:rsid w:val="00CC50A7"/>
+    <w:rsid w:val="00CC61E6"/>
     <w:rsid w:val="00CD050A"/>
+    <w:rsid w:val="00CD52E3"/>
     <w:rsid w:val="00CD56BE"/>
+    <w:rsid w:val="00CD61F9"/>
+    <w:rsid w:val="00CE01B5"/>
+    <w:rsid w:val="00CE08C1"/>
+    <w:rsid w:val="00CE0B28"/>
+    <w:rsid w:val="00CE1C87"/>
     <w:rsid w:val="00CE2509"/>
+    <w:rsid w:val="00CE3502"/>
+    <w:rsid w:val="00CE441F"/>
+    <w:rsid w:val="00CE4FA2"/>
     <w:rsid w:val="00CE5480"/>
     <w:rsid w:val="00CE62E0"/>
     <w:rsid w:val="00CF2B94"/>
+    <w:rsid w:val="00CF4FDC"/>
     <w:rsid w:val="00D02E63"/>
+    <w:rsid w:val="00D036A6"/>
+    <w:rsid w:val="00D12BB3"/>
+    <w:rsid w:val="00D14BDC"/>
+    <w:rsid w:val="00D14F0C"/>
+    <w:rsid w:val="00D26C0C"/>
+    <w:rsid w:val="00D26F43"/>
+    <w:rsid w:val="00D323E4"/>
+    <w:rsid w:val="00D36181"/>
     <w:rsid w:val="00D36A35"/>
     <w:rsid w:val="00D46071"/>
+    <w:rsid w:val="00D464DB"/>
     <w:rsid w:val="00D46E18"/>
     <w:rsid w:val="00D50C01"/>
     <w:rsid w:val="00D511C3"/>
+    <w:rsid w:val="00D54A20"/>
+    <w:rsid w:val="00D5741B"/>
+    <w:rsid w:val="00D774DE"/>
+    <w:rsid w:val="00D80666"/>
+    <w:rsid w:val="00D80E6C"/>
     <w:rsid w:val="00D81DAC"/>
+    <w:rsid w:val="00D82257"/>
+    <w:rsid w:val="00D851C9"/>
+    <w:rsid w:val="00D85849"/>
     <w:rsid w:val="00D92D8E"/>
+    <w:rsid w:val="00D97C83"/>
+    <w:rsid w:val="00DA3139"/>
     <w:rsid w:val="00DA745C"/>
     <w:rsid w:val="00DB100B"/>
+    <w:rsid w:val="00DB35CB"/>
     <w:rsid w:val="00DB42CF"/>
     <w:rsid w:val="00DB60DB"/>
     <w:rsid w:val="00DB6432"/>
     <w:rsid w:val="00DB6629"/>
+    <w:rsid w:val="00DB691D"/>
+    <w:rsid w:val="00DC340C"/>
     <w:rsid w:val="00DC3A1F"/>
     <w:rsid w:val="00DC6144"/>
     <w:rsid w:val="00DD1ABE"/>
+    <w:rsid w:val="00DD1F4C"/>
+    <w:rsid w:val="00DD2E31"/>
+    <w:rsid w:val="00DD48F3"/>
+    <w:rsid w:val="00DE381E"/>
     <w:rsid w:val="00DF19F1"/>
+    <w:rsid w:val="00DF5215"/>
+    <w:rsid w:val="00E033F9"/>
+    <w:rsid w:val="00E03640"/>
+    <w:rsid w:val="00E0390E"/>
+    <w:rsid w:val="00E0706E"/>
+    <w:rsid w:val="00E07E57"/>
+    <w:rsid w:val="00E102D2"/>
+    <w:rsid w:val="00E1193C"/>
     <w:rsid w:val="00E14FC6"/>
+    <w:rsid w:val="00E157A4"/>
+    <w:rsid w:val="00E21628"/>
+    <w:rsid w:val="00E24E09"/>
+    <w:rsid w:val="00E26041"/>
+    <w:rsid w:val="00E26EB3"/>
+    <w:rsid w:val="00E27F91"/>
     <w:rsid w:val="00E31008"/>
+    <w:rsid w:val="00E32742"/>
     <w:rsid w:val="00E4402D"/>
+    <w:rsid w:val="00E5155F"/>
+    <w:rsid w:val="00E536EA"/>
+    <w:rsid w:val="00E54A81"/>
+    <w:rsid w:val="00E54ACA"/>
+    <w:rsid w:val="00E56960"/>
+    <w:rsid w:val="00E56BDA"/>
+    <w:rsid w:val="00E60128"/>
     <w:rsid w:val="00E60621"/>
     <w:rsid w:val="00E7237D"/>
+    <w:rsid w:val="00E7371C"/>
+    <w:rsid w:val="00E73919"/>
+    <w:rsid w:val="00E73B88"/>
+    <w:rsid w:val="00E74E17"/>
+    <w:rsid w:val="00E75321"/>
+    <w:rsid w:val="00E75A2D"/>
+    <w:rsid w:val="00E816E4"/>
+    <w:rsid w:val="00E81848"/>
+    <w:rsid w:val="00E837AF"/>
+    <w:rsid w:val="00E8509C"/>
+    <w:rsid w:val="00E9111D"/>
+    <w:rsid w:val="00E91C47"/>
+    <w:rsid w:val="00E92474"/>
+    <w:rsid w:val="00E946E5"/>
+    <w:rsid w:val="00E950CC"/>
     <w:rsid w:val="00E95316"/>
+    <w:rsid w:val="00E955A4"/>
+    <w:rsid w:val="00E95E84"/>
     <w:rsid w:val="00EA20AB"/>
     <w:rsid w:val="00EA3514"/>
     <w:rsid w:val="00EA388A"/>
+    <w:rsid w:val="00EA6F96"/>
     <w:rsid w:val="00EA78C5"/>
+    <w:rsid w:val="00EB19A0"/>
     <w:rsid w:val="00EB64B8"/>
+    <w:rsid w:val="00EB757E"/>
     <w:rsid w:val="00EC368D"/>
+    <w:rsid w:val="00EC47F6"/>
     <w:rsid w:val="00EC4955"/>
+    <w:rsid w:val="00EC67CF"/>
     <w:rsid w:val="00EC7BA8"/>
+    <w:rsid w:val="00ED0155"/>
+    <w:rsid w:val="00ED0C3A"/>
+    <w:rsid w:val="00EE1898"/>
+    <w:rsid w:val="00EE4CF8"/>
+    <w:rsid w:val="00EF18F2"/>
+    <w:rsid w:val="00EF1956"/>
+    <w:rsid w:val="00EF3214"/>
+    <w:rsid w:val="00EF4588"/>
+    <w:rsid w:val="00EF6F8A"/>
     <w:rsid w:val="00EF70C7"/>
+    <w:rsid w:val="00F02368"/>
+    <w:rsid w:val="00F0299B"/>
+    <w:rsid w:val="00F11EB1"/>
     <w:rsid w:val="00F15B4F"/>
+    <w:rsid w:val="00F202DF"/>
+    <w:rsid w:val="00F21DE4"/>
+    <w:rsid w:val="00F22567"/>
+    <w:rsid w:val="00F275AE"/>
+    <w:rsid w:val="00F2768F"/>
+    <w:rsid w:val="00F3152A"/>
+    <w:rsid w:val="00F31644"/>
     <w:rsid w:val="00F4291D"/>
+    <w:rsid w:val="00F43569"/>
+    <w:rsid w:val="00F44663"/>
     <w:rsid w:val="00F5057B"/>
+    <w:rsid w:val="00F52153"/>
+    <w:rsid w:val="00F5314B"/>
+    <w:rsid w:val="00F53E56"/>
+    <w:rsid w:val="00F56AAF"/>
     <w:rsid w:val="00F74C28"/>
+    <w:rsid w:val="00F75382"/>
+    <w:rsid w:val="00F75CF5"/>
     <w:rsid w:val="00F76184"/>
+    <w:rsid w:val="00F76989"/>
+    <w:rsid w:val="00F81ECF"/>
+    <w:rsid w:val="00F90786"/>
+    <w:rsid w:val="00F91902"/>
+    <w:rsid w:val="00F94345"/>
+    <w:rsid w:val="00F94B6F"/>
+    <w:rsid w:val="00F95792"/>
+    <w:rsid w:val="00F96569"/>
+    <w:rsid w:val="00FA0FFC"/>
+    <w:rsid w:val="00FB0AEF"/>
+    <w:rsid w:val="00FB1346"/>
+    <w:rsid w:val="00FB2C52"/>
+    <w:rsid w:val="00FB4ECC"/>
+    <w:rsid w:val="00FC0D89"/>
+    <w:rsid w:val="00FC2664"/>
     <w:rsid w:val="00FC71F6"/>
+    <w:rsid w:val="00FD368A"/>
     <w:rsid w:val="00FE217B"/>
+    <w:rsid w:val="00FE2FA6"/>
+    <w:rsid w:val="00FE3CB3"/>
+    <w:rsid w:val="00FE4D57"/>
+    <w:rsid w:val="00FE6756"/>
+    <w:rsid w:val="00FE7B59"/>
     <w:rsid w:val="00FE7BF6"/>
     <w:rsid w:val="00FF23A5"/>
+    <w:rsid w:val="00FF4856"/>
+    <w:rsid w:val="00FF7777"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E4BA619"/>
-  <w15:docId w15:val="{8646BC22-209D-47CE-83CA-2C47E6856958}"/>
+  <w15:docId w15:val="{0DB45B32-6620-45C1-8B51-B7E5585E1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21207,51 +35986,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -21408,63 +36187,104 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD30DC"/>
+    <w:rsid w:val="003522E4"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00577052"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:line="228" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB757E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -21523,57 +36343,57 @@
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="360" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MDPI14history">
     <w:name w:val="MDPI_1.4_history"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
-      <w:ind w:right="113"/>
-      <w:jc w:val="left"/>
+      <w:ind w:left="720" w:right="113" w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:noProof w:val="0"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="14"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MDPI16affiliation">
     <w:name w:val="MDPI_1.6_affiliation"/>
     <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
       <w:ind w:left="2806" w:right="475" w:hanging="198"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MDPI17abstract">
     <w:name w:val="MDPI_1.7_abstract"/>
     <w:next w:val="Normal"/>
@@ -21626,89 +36446,102 @@
       <w:spacing w:after="480" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="2608" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Cordia New"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MDPIheaderjournallogo">
     <w:name w:val="MDPI_header_journal_logo"/>
     <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
@@ -22125,53 +36958,62 @@
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:right="475"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Tahoma"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Tahoma"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
@@ -22643,93 +37485,119 @@
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:b/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:rsid w:val="00AD30DC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="37"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD30DC"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="340" w:lineRule="atLeast"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00AD30DC"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
@@ -22741,147 +37609,174 @@
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:link w:val="EndnoteText"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD30DC"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MsoFootnoteText0">
     <w:name w:val="MsoFootnoteText"/>
     <w:basedOn w:val="NormalWeb"/>
     <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:rsid w:val="00AD30DC"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MDPI71FootNotes">
     <w:name w:val="MDPI_7.1_FootNotes"/>
     <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:right="475"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="ListTable6Colorful1">
     <w:name w:val="List Table 6 Colorful1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="51"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
@@ -22947,50 +37842,52 @@
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ImportedStyle1">
     <w:name w:val="Imported Style 1"/>
@@ -23007,87 +37904,95 @@
     <w:link w:val="ListParagraph"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliography">
     <w:name w:val="EndNote Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndNoteBibliographyChar"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Palatino Linotype"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Arial Unicode MS" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyChar">
     <w:name w:val="EndNote Bibliography Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="EndNoteBibliography"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Arial Unicode MS" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliographyTitle">
     <w:name w:val="EndNote Bibliography Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndNoteBibliographyTitleChar"/>
     <w:rsid w:val="00AD30DC"/>
     <w:pPr>
+      <w:spacing w:line="228" w:lineRule="auto"/>
+      <w:ind w:left="720" w:right="475" w:firstLine="432"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype"/>
+      <w:noProof/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
+      <w:lang w:eastAsia="zh-CN"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyChar">
     <w:name w:val="Body Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Body"/>
     <w:rsid w:val="00AD30DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
@@ -23155,104 +38060,889 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008F6707"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00577052"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:noProof/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B03755"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0031484A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005E2C3B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005E2C3B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB757E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="16471674">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="52969996">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="162552821">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="233861300">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="235826058">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="248663041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="318969800">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="334262531">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="415369941">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="448354781">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="500122833">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="692539195">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="774641452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="802650126">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="823200367">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="829251421">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="884605807">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="895969023">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1132358681">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1183133230">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1404330973">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1928421048">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1164397967">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="556860154">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2120441386">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="958485573">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="372773891">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="908728893">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1200510391">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1239973394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1254827179">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1290821696">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1348485482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1371804830">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1476681696">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1498351130">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1515026717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1612936414">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1628589008">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1701737734">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1708987497">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1751806557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1941790917">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1942227037">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2011713519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1192374579">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1926306820">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1791630801">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="730738140">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="796609652">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="111943470">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1964262198">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1949582895">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2048873308">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2126844767">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.26477/jbcd.v34i1.3087" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1472-6831-13-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0002-9416(53)90082-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1055/s-0042-1744371" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4081/ejh.2013.e39" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.18632/oncotarget.14109" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1242/dev.129.16.3783" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.sjbs.2022.103405" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mushriq.abid@codental.uobaghdad.edu.iq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ocr.12083" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ajog.2017.12.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ejo/cjn035" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.archoralbio.2018.09.018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022034519872951" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4049/jimmunol.1601667" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/bies.200900181" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/diagnostics12102352" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ortho/26.2.103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1056/NEJMra0905980" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12903-016-0308-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2298/GENSR2202777M" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045768" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1074/jbc.M314323200" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2649-9587" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ajodo.2016.09.013" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///F:\Pilot%20study%20paper\baghdad%20dental%20journal\ensahafi@uqu.edu.sa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ajodo.2007.10.061" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/gepi.20410" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ejo/5.1.1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijom.2016.06.010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022034515581643" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ng.580" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12816/0033214" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1601-6343.2010.01485.x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jormas.2020.07.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1597/12-260" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1242/dev.125.7.1241" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oqil.moslem1203a@codental.uobaghdad.edu.iq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fphar.2013.00040" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/MD.0000000000007240" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1601-0825.2005.01176.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1097/SCS.0000000000003287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/nri2918" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.tiff"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/phar.1868" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cmi.2023.01.027" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1902/jop.2007.060218" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants14111653" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/antibiotics10070859" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Firas.basheer@codental.uobaghdad.edu.iq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/prd.12492" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/antibiotics12111584" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-61779-624-1_2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12906-022-03527-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0255-0857(21)02466-X" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22270/ujpr.v6i4.633" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.med.59.110106.132000" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6238-5714" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.tiff"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.1019270108" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1600-0757.1996.tb00069.x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3746/pnf.2019.24.3.308" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/antibiotics8030089" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/apm.12151" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/ijos.2013.28" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1594-885X" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jpha.2015.11.005" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3703-439X" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/eji.201344202" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ph18081098" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-08-100674-0.00002-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1600-0757.2006.00192.x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.tiff"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2023.e23418" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/20002297.2018.1457373" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omar.soliman@dent.svu.edu.eg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jcpe.13290" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1348-0421.2001.tb01272.x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/foods13193151" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jfbc.13029" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Firas.basheer@codental.uobaghdad.edu.iq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/JPER.20-0128" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3791/53408" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5812/mejrh.103529" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ali.faisal@alkafeel.edu.iq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12010-009-8808-4" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23472,114 +39162,143 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
+</file>
+
+<file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
+<wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
+  <wetp:taskpane dockstate="right" visibility="0" width="875" row="3">
+    <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+  </wetp:taskpane>
+</wetp:taskpanes>
+</file>
+
+<file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
+<we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{E5B691A3-B749-422B-AE3E-CF16EE027916}">
+  <we:reference id="WA200002492" version="1.0.0.3" store="Omex" storeType="OMEX"/>
+  <we:alternateReferences>
+    <we:reference id="WA200002492" version="1.0.0.3" store="WA200002492" storeType="OMEX"/>
+  </we:alternateReferences>
+  <we:properties/>
+  <we:bindings/>
+  <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+</we:webextension>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="Chicago" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77C8ED79-D1E3-4240-9106-A07643E80FF1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F446BFAB-69A0-5F48-9E59-9A69A6E3011B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>158203</Characters>
+  <Pages>15</Pages>
+  <Words>8734</Words>
+  <Characters>53806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1318</Lines>
-  <Paragraphs>371</Paragraphs>
+  <Lines>827</Lines>
+  <Paragraphs>277</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Al-Qaisar Technologies</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>185586</CharactersWithSpaces>
+  <CharactersWithSpaces>62263</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Windows User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Recent Style Id 0_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Mendeley Recent Style Name 0_1">
     <vt:lpwstr>American Medical Association 11th edition</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Recent Style Id 1_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-political-science-association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Recent Style Name 1_1">
     <vt:lpwstr>American Political Science Association</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Recent Style Id 2_1">
     <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Name 2_1">
     <vt:lpwstr>American Psychological Association 7th edition</vt:lpwstr>
   </property>